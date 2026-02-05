--- v0 (2025-12-12)
+++ v1 (2026-02-05)
@@ -12,77 +12,134 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="475">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="494">
   <si>
     <t>id_pedido</t>
   </si>
   <si>
     <t>id_cliente</t>
   </si>
   <si>
     <t>sede</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>asesor</t>
   </si>
   <si>
     <t>tipo_domicilio</t>
   </si>
   <si>
     <t>total_general</t>
   </si>
   <si>
+    <t>2026-01-31 20:28:25</t>
+  </si>
+  <si>
+    <t>tradicional</t>
+  </si>
+  <si>
+    <t>2026-01-30 13:31:53</t>
+  </si>
+  <si>
+    <t>2026-01-27 06:59:44</t>
+  </si>
+  <si>
+    <t>2026-01-24 18:08:16</t>
+  </si>
+  <si>
+    <t>2026-01-24 13:51:21</t>
+  </si>
+  <si>
+    <t>2026-01-24 07:28:44</t>
+  </si>
+  <si>
+    <t>2026-01-17 15:03:18</t>
+  </si>
+  <si>
+    <t>2026-01-15 21:16:19</t>
+  </si>
+  <si>
+    <t>2026-01-10 18:21:32</t>
+  </si>
+  <si>
+    <t>2026-01-10 08:57:48</t>
+  </si>
+  <si>
+    <t>2026-01-07 19:49:58</t>
+  </si>
+  <si>
+    <t>2026-01-02 15:02:40</t>
+  </si>
+  <si>
+    <t>2025-12-20 20:10:55</t>
+  </si>
+  <si>
+    <t>2025-12-19 08:25:47</t>
+  </si>
+  <si>
+    <t>2025-12-18 14:08:07</t>
+  </si>
+  <si>
+    <t>2025-12-18 07:38:57</t>
+  </si>
+  <si>
+    <t>2025-12-13 11:44:11</t>
+  </si>
+  <si>
+    <t>2025-12-13 06:43:46</t>
+  </si>
+  <si>
+    <t>2025-12-13 02:24:00</t>
+  </si>
+  <si>
     <t>2025-12-12 01:19:57</t>
-  </si>
-[...1 lines deleted...]
-    <t>tradicional</t>
   </si>
   <si>
     <t>2025-12-11 21:00:18</t>
   </si>
   <si>
     <t>2025-12-11 18:12:45</t>
   </si>
   <si>
     <t>2025-12-09 18:36:47</t>
   </si>
   <si>
     <t>2025-12-06 02:20:05</t>
   </si>
   <si>
     <t>2025-12-04 14:39:02</t>
   </si>
   <si>
     <t>2025-12-04 07:30:43</t>
   </si>
   <si>
     <t>2025-12-01 05:56:54</t>
   </si>
   <si>
     <t>2025-12-01 05:56:53</t>
   </si>
@@ -1784,9109 +1841,9432 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G465"/>
+  <dimension ref="A1:G484"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2">
-        <v>476</v>
+        <v>495</v>
       </c>
       <c r="B2">
         <v>0</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
       <c r="F2" t="s">
         <v>8</v>
       </c>
       <c r="G2">
         <v>0.0</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3">
-        <v>475</v>
+        <v>494</v>
       </c>
       <c r="B3">
         <v>0</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>8</v>
       </c>
       <c r="G3">
         <v>0.0</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4">
-        <v>474</v>
+        <v>493</v>
       </c>
       <c r="B4">
         <v>0</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="F4" t="s">
         <v>8</v>
       </c>
       <c r="G4">
         <v>0.0</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5">
-        <v>473</v>
+        <v>492</v>
       </c>
       <c r="B5">
         <v>0</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="F5" t="s">
         <v>8</v>
       </c>
       <c r="G5">
         <v>0.0</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6">
-        <v>472</v>
+        <v>491</v>
       </c>
       <c r="B6">
         <v>0</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>8</v>
       </c>
       <c r="G6">
         <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
-        <v>471</v>
+        <v>490</v>
       </c>
       <c r="B7">
         <v>0</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="F7" t="s">
         <v>8</v>
       </c>
       <c r="G7">
         <v>0.0</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8">
-        <v>470</v>
+        <v>489</v>
       </c>
       <c r="B8">
         <v>0</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="F8" t="s">
         <v>8</v>
       </c>
       <c r="G8">
         <v>0.0</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
-        <v>469</v>
+        <v>488</v>
       </c>
       <c r="B9">
         <v>0</v>
       </c>
       <c r="D9" t="s">
         <v>15</v>
       </c>
       <c r="F9" t="s">
         <v>8</v>
       </c>
       <c r="G9">
         <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
-        <v>468</v>
+        <v>487</v>
       </c>
       <c r="B10">
         <v>0</v>
       </c>
       <c r="D10" t="s">
         <v>16</v>
       </c>
       <c r="F10" t="s">
         <v>8</v>
       </c>
       <c r="G10">
         <v>0.0</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
-        <v>467</v>
+        <v>486</v>
       </c>
       <c r="B11">
         <v>0</v>
       </c>
       <c r="D11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>8</v>
       </c>
       <c r="G11">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
-        <v>466</v>
+        <v>485</v>
       </c>
       <c r="B12">
         <v>0</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="F12" t="s">
         <v>8</v>
       </c>
       <c r="G12">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
-        <v>465</v>
+        <v>484</v>
       </c>
       <c r="B13">
         <v>0</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="F13" t="s">
         <v>8</v>
       </c>
       <c r="G13">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
-        <v>464</v>
+        <v>483</v>
       </c>
       <c r="B14">
         <v>0</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>8</v>
       </c>
       <c r="G14">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
-        <v>463</v>
+        <v>482</v>
       </c>
       <c r="B15">
         <v>0</v>
       </c>
       <c r="D15" t="s">
         <v>21</v>
       </c>
       <c r="F15" t="s">
         <v>8</v>
       </c>
       <c r="G15">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
-        <v>462</v>
+        <v>481</v>
       </c>
       <c r="B16">
         <v>0</v>
       </c>
       <c r="D16" t="s">
         <v>22</v>
       </c>
       <c r="F16" t="s">
         <v>8</v>
       </c>
       <c r="G16">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
-        <v>461</v>
+        <v>480</v>
       </c>
       <c r="B17">
         <v>0</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="F17" t="s">
         <v>8</v>
       </c>
       <c r="G17">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
-        <v>460</v>
+        <v>479</v>
       </c>
       <c r="B18">
         <v>0</v>
       </c>
       <c r="D18" t="s">
         <v>24</v>
       </c>
       <c r="F18" t="s">
         <v>8</v>
       </c>
       <c r="G18">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
-        <v>459</v>
+        <v>478</v>
       </c>
       <c r="B19">
         <v>0</v>
       </c>
       <c r="D19" t="s">
         <v>25</v>
       </c>
       <c r="F19" t="s">
         <v>8</v>
       </c>
       <c r="G19">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
-        <v>458</v>
+        <v>477</v>
       </c>
       <c r="B20">
         <v>0</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="F20" t="s">
         <v>8</v>
       </c>
       <c r="G20">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21">
-        <v>457</v>
+        <v>476</v>
       </c>
       <c r="B21">
         <v>0</v>
       </c>
       <c r="D21" t="s">
         <v>27</v>
       </c>
       <c r="F21" t="s">
         <v>8</v>
       </c>
       <c r="G21">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22">
-        <v>456</v>
+        <v>475</v>
       </c>
       <c r="B22">
         <v>0</v>
       </c>
       <c r="D22" t="s">
         <v>28</v>
       </c>
       <c r="F22" t="s">
         <v>8</v>
       </c>
       <c r="G22">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23">
-        <v>455</v>
+        <v>474</v>
       </c>
       <c r="B23">
         <v>0</v>
       </c>
       <c r="D23" t="s">
         <v>29</v>
       </c>
       <c r="F23" t="s">
         <v>8</v>
       </c>
       <c r="G23">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24">
-        <v>454</v>
+        <v>473</v>
       </c>
       <c r="B24">
         <v>0</v>
       </c>
       <c r="D24" t="s">
         <v>30</v>
       </c>
       <c r="F24" t="s">
         <v>8</v>
       </c>
       <c r="G24">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
-        <v>453</v>
+        <v>472</v>
       </c>
       <c r="B25">
         <v>0</v>
       </c>
       <c r="D25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>8</v>
       </c>
       <c r="G25">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26">
-        <v>452</v>
+        <v>471</v>
       </c>
       <c r="B26">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D26" t="s">
         <v>32</v>
       </c>
-      <c r="E26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F26" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G26">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
-        <v>451</v>
+        <v>470</v>
       </c>
       <c r="B27">
         <v>0</v>
       </c>
       <c r="D27" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F27" t="s">
         <v>8</v>
       </c>
       <c r="G27">
         <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
-        <v>450</v>
+        <v>469</v>
       </c>
       <c r="B28">
         <v>0</v>
       </c>
       <c r="D28" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F28" t="s">
         <v>8</v>
       </c>
       <c r="G28">
         <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
-        <v>449</v>
+        <v>468</v>
       </c>
       <c r="B29">
         <v>0</v>
       </c>
       <c r="D29" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F29" t="s">
         <v>8</v>
       </c>
       <c r="G29">
         <v>0.0</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
-        <v>448</v>
+        <v>467</v>
       </c>
       <c r="B30">
         <v>0</v>
       </c>
       <c r="D30" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F30" t="s">
         <v>8</v>
       </c>
       <c r="G30">
         <v>0.0</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
-        <v>447</v>
+        <v>466</v>
       </c>
       <c r="B31">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D31" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F31" t="s">
         <v>8</v>
       </c>
       <c r="G31">
         <v>0.0</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
-        <v>446</v>
+        <v>465</v>
       </c>
       <c r="B32">
         <v>0</v>
       </c>
       <c r="D32" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F32" t="s">
         <v>8</v>
       </c>
       <c r="G32">
         <v>0.0</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
-        <v>445</v>
+        <v>464</v>
       </c>
       <c r="B33">
         <v>0</v>
       </c>
       <c r="D33" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F33" t="s">
         <v>8</v>
       </c>
       <c r="G33">
         <v>0.0</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
-        <v>444</v>
+        <v>463</v>
       </c>
       <c r="B34">
         <v>0</v>
       </c>
       <c r="D34" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F34" t="s">
         <v>8</v>
       </c>
       <c r="G34">
         <v>0.0</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
-        <v>443</v>
+        <v>462</v>
       </c>
       <c r="B35">
         <v>0</v>
       </c>
       <c r="D35" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F35" t="s">
         <v>8</v>
       </c>
       <c r="G35">
         <v>0.0</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
-        <v>442</v>
+        <v>461</v>
       </c>
       <c r="B36">
         <v>0</v>
       </c>
       <c r="D36" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F36" t="s">
         <v>8</v>
       </c>
       <c r="G36">
         <v>0.0</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
-        <v>441</v>
+        <v>460</v>
       </c>
       <c r="B37">
         <v>0</v>
       </c>
       <c r="D37" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F37" t="s">
         <v>8</v>
       </c>
       <c r="G37">
         <v>0.0</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
-        <v>440</v>
+        <v>459</v>
       </c>
       <c r="B38">
         <v>0</v>
       </c>
       <c r="D38" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F38" t="s">
         <v>8</v>
       </c>
       <c r="G38">
         <v>0.0</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39">
-        <v>439</v>
+        <v>458</v>
       </c>
       <c r="B39">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D39" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="F39" t="s">
         <v>8</v>
       </c>
       <c r="G39">
         <v>0.0</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
-        <v>438</v>
+        <v>457</v>
       </c>
       <c r="B40">
         <v>0</v>
       </c>
       <c r="D40" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="F40" t="s">
         <v>8</v>
       </c>
       <c r="G40">
         <v>0.0</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
-        <v>437</v>
+        <v>456</v>
       </c>
       <c r="B41">
         <v>0</v>
       </c>
       <c r="D41" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F41" t="s">
         <v>8</v>
       </c>
       <c r="G41">
         <v>0.0</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
-        <v>436</v>
+        <v>455</v>
       </c>
       <c r="B42">
         <v>0</v>
       </c>
       <c r="D42" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F42" t="s">
         <v>8</v>
       </c>
       <c r="G42">
         <v>0.0</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
-        <v>435</v>
+        <v>454</v>
       </c>
       <c r="B43">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D43" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="F43" t="s">
         <v>8</v>
       </c>
       <c r="G43">
         <v>0.0</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44">
-        <v>434</v>
+        <v>453</v>
       </c>
       <c r="B44">
         <v>0</v>
       </c>
       <c r="D44" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="F44" t="s">
         <v>8</v>
       </c>
       <c r="G44">
         <v>0.0</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45">
-        <v>433</v>
+        <v>452</v>
       </c>
       <c r="B45">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D45" t="s">
+        <v>51</v>
+      </c>
+      <c r="E45" t="s">
+        <v>52</v>
+      </c>
+      <c r="F45" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="G45">
         <v>0.0</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46">
-        <v>432</v>
+        <v>451</v>
       </c>
       <c r="B46">
         <v>0</v>
       </c>
       <c r="D46" t="s">
         <v>54</v>
       </c>
       <c r="F46" t="s">
         <v>8</v>
       </c>
       <c r="G46">
         <v>0.0</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47">
-        <v>431</v>
+        <v>450</v>
       </c>
       <c r="B47">
         <v>0</v>
       </c>
       <c r="D47" t="s">
         <v>55</v>
       </c>
       <c r="F47" t="s">
         <v>8</v>
       </c>
       <c r="G47">
         <v>0.0</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48">
-        <v>429</v>
+        <v>449</v>
       </c>
       <c r="B48">
         <v>0</v>
       </c>
       <c r="D48" t="s">
         <v>56</v>
       </c>
       <c r="F48" t="s">
         <v>8</v>
       </c>
       <c r="G48">
         <v>0.0</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49">
-        <v>430</v>
+        <v>448</v>
       </c>
       <c r="B49">
         <v>0</v>
       </c>
       <c r="D49" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F49" t="s">
         <v>8</v>
       </c>
       <c r="G49">
         <v>0.0</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50">
-        <v>428</v>
+        <v>447</v>
       </c>
       <c r="B50">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D50" t="s">
-        <v>57</v>
+        <v>58</v>
+      </c>
+      <c r="E50" t="s">
+        <v>52</v>
       </c>
       <c r="F50" t="s">
         <v>8</v>
       </c>
       <c r="G50">
         <v>0.0</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
-        <v>427</v>
+        <v>446</v>
       </c>
       <c r="B51">
         <v>0</v>
       </c>
       <c r="D51" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F51" t="s">
         <v>8</v>
       </c>
       <c r="G51">
         <v>0.0</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52">
-        <v>426</v>
+        <v>445</v>
       </c>
       <c r="B52">
         <v>0</v>
       </c>
       <c r="D52" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F52" t="s">
         <v>8</v>
       </c>
       <c r="G52">
         <v>0.0</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53">
-        <v>425</v>
+        <v>444</v>
       </c>
       <c r="B53">
         <v>0</v>
       </c>
       <c r="D53" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F53" t="s">
         <v>8</v>
       </c>
       <c r="G53">
         <v>0.0</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54">
-        <v>424</v>
+        <v>443</v>
       </c>
       <c r="B54">
         <v>0</v>
       </c>
       <c r="D54" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F54" t="s">
         <v>8</v>
       </c>
       <c r="G54">
         <v>0.0</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="B55">
         <v>0</v>
       </c>
       <c r="D55" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F55" t="s">
         <v>8</v>
       </c>
       <c r="G55">
         <v>0.0</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56">
-        <v>422</v>
+        <v>441</v>
       </c>
       <c r="B56">
         <v>0</v>
       </c>
       <c r="D56" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F56" t="s">
         <v>8</v>
       </c>
       <c r="G56">
         <v>0.0</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57">
-        <v>421</v>
+        <v>440</v>
       </c>
       <c r="B57">
         <v>0</v>
       </c>
       <c r="D57" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F57" t="s">
         <v>8</v>
       </c>
       <c r="G57">
         <v>0.0</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58">
-        <v>420</v>
+        <v>439</v>
       </c>
       <c r="B58">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D58" t="s">
-        <v>65</v>
+        <v>66</v>
+      </c>
+      <c r="E58" t="s">
+        <v>52</v>
       </c>
       <c r="F58" t="s">
         <v>8</v>
       </c>
       <c r="G58">
         <v>0.0</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59">
-        <v>419</v>
+        <v>438</v>
       </c>
       <c r="B59">
         <v>0</v>
       </c>
       <c r="D59" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F59" t="s">
         <v>8</v>
       </c>
       <c r="G59">
         <v>0.0</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60">
-        <v>418</v>
+        <v>437</v>
       </c>
       <c r="B60">
         <v>0</v>
       </c>
       <c r="D60" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F60" t="s">
         <v>8</v>
       </c>
       <c r="G60">
         <v>0.0</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61">
-        <v>417</v>
+        <v>436</v>
       </c>
       <c r="B61">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D61" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="F61" t="s">
         <v>8</v>
       </c>
       <c r="G61">
         <v>0.0</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62">
-        <v>416</v>
+        <v>435</v>
       </c>
       <c r="B62">
         <v>1</v>
       </c>
       <c r="D62" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E62" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F62" t="s">
         <v>8</v>
       </c>
       <c r="G62">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63">
-        <v>415</v>
+        <v>434</v>
       </c>
       <c r="B63">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D63" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>71</v>
       </c>
       <c r="F63" t="s">
         <v>8</v>
       </c>
       <c r="G63">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64">
-        <v>414</v>
+        <v>433</v>
       </c>
       <c r="B64">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D64" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>72</v>
       </c>
       <c r="F64" t="s">
         <v>8</v>
       </c>
       <c r="G64">
         <v>0.0</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65">
-        <v>413</v>
+        <v>432</v>
       </c>
       <c r="B65">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D65" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="F65" t="s">
         <v>8</v>
       </c>
       <c r="G65">
         <v>0.0</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66">
-        <v>412</v>
+        <v>431</v>
       </c>
       <c r="B66">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D66" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>74</v>
       </c>
       <c r="F66" t="s">
         <v>8</v>
       </c>
       <c r="G66">
         <v>0.0</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67">
-        <v>407</v>
+        <v>430</v>
       </c>
       <c r="B67">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D67" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="F67" t="s">
         <v>8</v>
       </c>
       <c r="G67">
-        <v>222.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68">
-        <v>406</v>
+        <v>429</v>
       </c>
       <c r="B68">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D68" t="s">
         <v>75</v>
       </c>
-      <c r="E68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F68" t="s">
         <v>8</v>
       </c>
       <c r="G68">
         <v>0.0</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69">
-        <v>405</v>
+        <v>428</v>
       </c>
       <c r="B69">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D69" t="s">
         <v>76</v>
       </c>
-      <c r="E69" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F69" t="s">
         <v>8</v>
       </c>
       <c r="G69">
         <v>0.0</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70">
-        <v>401</v>
+        <v>427</v>
       </c>
       <c r="B70">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D70" t="s">
         <v>77</v>
       </c>
-      <c r="E70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F70" t="s">
         <v>8</v>
       </c>
       <c r="G70">
         <v>0.0</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71">
-        <v>400</v>
+        <v>426</v>
       </c>
       <c r="B71">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D71" t="s">
         <v>78</v>
       </c>
-      <c r="E71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F71" t="s">
         <v>8</v>
       </c>
       <c r="G71">
         <v>0.0</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72">
-        <v>399</v>
+        <v>425</v>
       </c>
       <c r="B72">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D72" t="s">
         <v>79</v>
       </c>
-      <c r="E72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F72" t="s">
         <v>8</v>
       </c>
       <c r="G72">
         <v>0.0</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73">
-        <v>398</v>
+        <v>424</v>
       </c>
       <c r="B73">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D73" t="s">
         <v>80</v>
       </c>
-      <c r="E73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F73" t="s">
         <v>8</v>
       </c>
       <c r="G73">
         <v>0.0</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74">
-        <v>397</v>
+        <v>423</v>
       </c>
       <c r="B74">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D74" t="s">
         <v>81</v>
       </c>
-      <c r="E74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F74" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G74">
         <v>0.0</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75">
-        <v>396</v>
+        <v>422</v>
       </c>
       <c r="B75">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D75" t="s">
         <v>82</v>
       </c>
-      <c r="E75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F75" t="s">
         <v>8</v>
       </c>
       <c r="G75">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76">
-        <v>395</v>
+        <v>421</v>
       </c>
       <c r="B76">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D76" t="s">
         <v>83</v>
       </c>
-      <c r="E76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F76" t="s">
         <v>8</v>
       </c>
       <c r="G76">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77">
-        <v>394</v>
+        <v>420</v>
       </c>
       <c r="B77">
         <v>0</v>
       </c>
       <c r="D77" t="s">
         <v>84</v>
       </c>
       <c r="F77" t="s">
         <v>8</v>
       </c>
       <c r="G77">
         <v>0.0</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78">
-        <v>393</v>
+        <v>419</v>
       </c>
       <c r="B78">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D78" t="s">
         <v>85</v>
       </c>
-      <c r="E78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F78" t="s">
         <v>8</v>
       </c>
       <c r="G78">
         <v>0.0</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79">
-        <v>392</v>
+        <v>418</v>
       </c>
       <c r="B79">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D79" t="s">
         <v>86</v>
       </c>
-      <c r="E79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F79" t="s">
         <v>8</v>
       </c>
       <c r="G79">
         <v>0.0</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80">
-        <v>391</v>
+        <v>417</v>
       </c>
       <c r="B80">
         <v>1</v>
       </c>
       <c r="D80" t="s">
         <v>87</v>
       </c>
       <c r="E80" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F80" t="s">
         <v>8</v>
       </c>
       <c r="G80">
         <v>0.0</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81">
-        <v>390</v>
+        <v>416</v>
       </c>
       <c r="B81">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D81" t="s">
         <v>88</v>
       </c>
+      <c r="E81" t="s">
+        <v>52</v>
+      </c>
       <c r="F81" t="s">
         <v>8</v>
       </c>
       <c r="G81">
-        <v>0.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82">
-        <v>389</v>
+        <v>415</v>
       </c>
       <c r="B82">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D82" t="s">
         <v>89</v>
       </c>
+      <c r="E82" t="s">
+        <v>52</v>
+      </c>
       <c r="F82" t="s">
         <v>8</v>
       </c>
       <c r="G82">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83">
-        <v>388</v>
+        <v>414</v>
       </c>
       <c r="B83">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D83" t="s">
         <v>90</v>
       </c>
+      <c r="E83" t="s">
+        <v>52</v>
+      </c>
       <c r="F83" t="s">
         <v>8</v>
       </c>
       <c r="G83">
         <v>0.0</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84">
-        <v>386</v>
+        <v>413</v>
       </c>
       <c r="B84">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D84" t="s">
         <v>91</v>
       </c>
+      <c r="E84" t="s">
+        <v>52</v>
+      </c>
       <c r="F84" t="s">
         <v>8</v>
       </c>
       <c r="G84">
         <v>0.0</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85">
-        <v>387</v>
+        <v>412</v>
       </c>
       <c r="B85">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D85" t="s">
-        <v>91</v>
+        <v>92</v>
+      </c>
+      <c r="E85" t="s">
+        <v>52</v>
       </c>
       <c r="F85" t="s">
         <v>8</v>
       </c>
       <c r="G85">
         <v>0.0</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86">
-        <v>385</v>
+        <v>407</v>
       </c>
       <c r="B86">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D86" t="s">
-        <v>92</v>
+        <v>93</v>
+      </c>
+      <c r="E86" t="s">
+        <v>52</v>
       </c>
       <c r="F86" t="s">
         <v>8</v>
       </c>
       <c r="G86">
-        <v>0.0</v>
+        <v>222.0</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87">
-        <v>382</v>
+        <v>406</v>
       </c>
       <c r="B87">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D87" t="s">
-        <v>93</v>
+        <v>94</v>
+      </c>
+      <c r="E87" t="s">
+        <v>52</v>
       </c>
       <c r="F87" t="s">
         <v>8</v>
       </c>
       <c r="G87">
         <v>0.0</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88">
-        <v>384</v>
+        <v>405</v>
       </c>
       <c r="B88">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D88" t="s">
-        <v>93</v>
+        <v>95</v>
+      </c>
+      <c r="E88" t="s">
+        <v>52</v>
       </c>
       <c r="F88" t="s">
         <v>8</v>
       </c>
       <c r="G88">
         <v>0.0</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89">
-        <v>383</v>
+        <v>401</v>
       </c>
       <c r="B89">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D89" t="s">
-        <v>93</v>
+        <v>96</v>
+      </c>
+      <c r="E89" t="s">
+        <v>52</v>
       </c>
       <c r="F89" t="s">
         <v>8</v>
       </c>
       <c r="G89">
         <v>0.0</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90">
-        <v>381</v>
+        <v>400</v>
       </c>
       <c r="B90">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D90" t="s">
-        <v>94</v>
+        <v>97</v>
+      </c>
+      <c r="E90" t="s">
+        <v>52</v>
       </c>
       <c r="F90" t="s">
         <v>8</v>
       </c>
       <c r="G90">
         <v>0.0</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91">
-        <v>380</v>
+        <v>399</v>
       </c>
       <c r="B91">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D91" t="s">
-        <v>95</v>
+        <v>98</v>
+      </c>
+      <c r="E91" t="s">
+        <v>52</v>
       </c>
       <c r="F91" t="s">
         <v>8</v>
       </c>
       <c r="G91">
         <v>0.0</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92">
-        <v>379</v>
+        <v>398</v>
       </c>
       <c r="B92">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D92" t="s">
-        <v>96</v>
+        <v>99</v>
+      </c>
+      <c r="E92" t="s">
+        <v>52</v>
       </c>
       <c r="F92" t="s">
         <v>8</v>
       </c>
       <c r="G92">
         <v>0.0</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93">
-        <v>378</v>
+        <v>397</v>
       </c>
       <c r="B93">
         <v>1</v>
       </c>
       <c r="D93" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="E93" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F93" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G93">
         <v>0.0</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94">
-        <v>377</v>
+        <v>396</v>
       </c>
       <c r="B94">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D94" t="s">
-        <v>98</v>
+        <v>101</v>
+      </c>
+      <c r="E94" t="s">
+        <v>52</v>
       </c>
       <c r="F94" t="s">
         <v>8</v>
       </c>
       <c r="G94">
-        <v>0.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95">
-        <v>376</v>
+        <v>395</v>
       </c>
       <c r="B95">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D95" t="s">
-        <v>99</v>
+        <v>102</v>
+      </c>
+      <c r="E95" t="s">
+        <v>52</v>
       </c>
       <c r="F95" t="s">
         <v>8</v>
       </c>
       <c r="G95">
-        <v>0.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96">
-        <v>375</v>
+        <v>394</v>
       </c>
       <c r="B96">
         <v>0</v>
       </c>
       <c r="D96" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="F96" t="s">
         <v>8</v>
       </c>
       <c r="G96">
         <v>0.0</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97">
-        <v>374</v>
+        <v>393</v>
       </c>
       <c r="B97">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D97" t="s">
-        <v>101</v>
+        <v>104</v>
+      </c>
+      <c r="E97" t="s">
+        <v>52</v>
       </c>
       <c r="F97" t="s">
         <v>8</v>
       </c>
       <c r="G97">
         <v>0.0</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98">
-        <v>373</v>
+        <v>392</v>
       </c>
       <c r="B98">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D98" t="s">
-        <v>102</v>
+        <v>105</v>
+      </c>
+      <c r="E98" t="s">
+        <v>52</v>
       </c>
       <c r="F98" t="s">
         <v>8</v>
       </c>
       <c r="G98">
         <v>0.0</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99">
-        <v>372</v>
+        <v>391</v>
       </c>
       <c r="B99">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D99" t="s">
-        <v>103</v>
+        <v>106</v>
+      </c>
+      <c r="E99" t="s">
+        <v>52</v>
       </c>
       <c r="F99" t="s">
         <v>8</v>
       </c>
       <c r="G99">
         <v>0.0</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100">
-        <v>371</v>
+        <v>390</v>
       </c>
       <c r="B100">
         <v>0</v>
       </c>
       <c r="D100" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F100" t="s">
         <v>8</v>
       </c>
       <c r="G100">
         <v>0.0</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101">
-        <v>370</v>
+        <v>389</v>
       </c>
       <c r="B101">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D101" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>108</v>
       </c>
       <c r="F101" t="s">
         <v>8</v>
       </c>
       <c r="G101">
         <v>0.0</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102">
-        <v>369</v>
+        <v>388</v>
       </c>
       <c r="B102">
-        <v>310375106</v>
+        <v>0</v>
       </c>
       <c r="D102" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="F102" t="s">
         <v>8</v>
       </c>
       <c r="G102">
         <v>0.0</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103">
-        <v>368</v>
+        <v>387</v>
       </c>
       <c r="B103">
-        <v>310375106</v>
+        <v>0</v>
       </c>
       <c r="D103" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>110</v>
       </c>
       <c r="F103" t="s">
         <v>8</v>
       </c>
       <c r="G103">
         <v>0.0</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104">
-        <v>367</v>
+        <v>386</v>
       </c>
       <c r="B104">
         <v>0</v>
       </c>
       <c r="D104" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F104" t="s">
         <v>8</v>
       </c>
       <c r="G104">
         <v>0.0</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105">
-        <v>366</v>
+        <v>385</v>
       </c>
       <c r="B105">
         <v>0</v>
       </c>
       <c r="D105" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F105" t="s">
         <v>8</v>
       </c>
       <c r="G105">
         <v>0.0</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106">
-        <v>365</v>
+        <v>383</v>
       </c>
       <c r="B106">
         <v>0</v>
       </c>
       <c r="D106" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F106" t="s">
         <v>8</v>
       </c>
       <c r="G106">
         <v>0.0</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107">
-        <v>364</v>
+        <v>382</v>
       </c>
       <c r="B107">
         <v>0</v>
       </c>
       <c r="D107" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F107" t="s">
         <v>8</v>
       </c>
       <c r="G107">
         <v>0.0</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108">
-        <v>363</v>
+        <v>384</v>
       </c>
       <c r="B108">
-        <v>1234993163</v>
+        <v>0</v>
       </c>
       <c r="D108" t="s">
         <v>112</v>
       </c>
-      <c r="E108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F108" t="s">
         <v>8</v>
       </c>
       <c r="G108">
         <v>0.0</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109">
-        <v>362</v>
+        <v>381</v>
       </c>
       <c r="B109">
-        <v>1234992742</v>
+        <v>0</v>
       </c>
       <c r="D109" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="F109" t="s">
         <v>8</v>
       </c>
       <c r="G109">
         <v>0.0</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110">
-        <v>361</v>
+        <v>380</v>
       </c>
       <c r="B110">
-        <v>1234993005</v>
+        <v>0</v>
       </c>
       <c r="D110" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F110" t="s">
         <v>8</v>
       </c>
       <c r="G110">
         <v>0.0</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111">
-        <v>360</v>
+        <v>379</v>
       </c>
       <c r="B111">
-        <v>1234993162</v>
+        <v>0</v>
       </c>
       <c r="D111" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="E111" t="s">
         <v>115</v>
       </c>
       <c r="F111" t="s">
         <v>8</v>
       </c>
       <c r="G111">
         <v>0.0</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112">
-        <v>359</v>
+        <v>378</v>
       </c>
       <c r="B112">
-        <v>1234993161</v>
+        <v>1</v>
       </c>
       <c r="D112" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E112" t="s">
-        <v>113</v>
+        <v>52</v>
       </c>
       <c r="F112" t="s">
         <v>8</v>
       </c>
       <c r="G112">
         <v>0.0</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113">
-        <v>358</v>
+        <v>377</v>
       </c>
       <c r="B113">
-        <v>1234993160</v>
+        <v>0</v>
       </c>
       <c r="D113" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="F113" t="s">
         <v>8</v>
       </c>
       <c r="G113">
         <v>0.0</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114">
-        <v>357</v>
+        <v>376</v>
       </c>
       <c r="B114">
-        <v>1234992555</v>
+        <v>0</v>
       </c>
       <c r="D114" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="F114" t="s">
         <v>8</v>
       </c>
       <c r="G114">
         <v>0.0</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115">
-        <v>356</v>
+        <v>375</v>
       </c>
       <c r="B115">
-        <v>1234993159</v>
+        <v>0</v>
       </c>
       <c r="D115" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="F115" t="s">
         <v>8</v>
       </c>
       <c r="G115">
         <v>0.0</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116">
-        <v>355</v>
+        <v>374</v>
       </c>
       <c r="B116">
-        <v>1234993158</v>
+        <v>0</v>
       </c>
       <c r="D116" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="F116" t="s">
         <v>8</v>
       </c>
       <c r="G116">
         <v>0.0</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117">
-        <v>354</v>
+        <v>373</v>
       </c>
       <c r="B117">
-        <v>7067669</v>
+        <v>0</v>
       </c>
       <c r="D117" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="F117" t="s">
         <v>8</v>
       </c>
       <c r="G117">
         <v>0.0</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118">
-        <v>353</v>
+        <v>372</v>
       </c>
       <c r="B118">
-        <v>1234993157</v>
+        <v>0</v>
       </c>
       <c r="D118" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="F118" t="s">
         <v>8</v>
       </c>
       <c r="G118">
         <v>0.0</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119">
-        <v>352</v>
+        <v>371</v>
       </c>
       <c r="B119">
-        <v>1234992772</v>
+        <v>0</v>
       </c>
       <c r="D119" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="F119" t="s">
         <v>8</v>
       </c>
       <c r="G119">
         <v>0.0</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120">
-        <v>351</v>
+        <v>370</v>
       </c>
       <c r="B120">
-        <v>1234993155</v>
+        <v>1</v>
       </c>
       <c r="D120" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="E120" t="s">
-        <v>128</v>
+        <v>52</v>
       </c>
       <c r="F120" t="s">
         <v>8</v>
       </c>
       <c r="G120">
         <v>0.0</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121">
-        <v>350</v>
+        <v>369</v>
       </c>
       <c r="B121">
-        <v>1036602768</v>
+        <v>310375106</v>
       </c>
       <c r="D121" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="E121" t="s">
-        <v>115</v>
+        <v>52</v>
       </c>
       <c r="F121" t="s">
         <v>8</v>
       </c>
       <c r="G121">
         <v>0.0</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122">
-        <v>349</v>
+        <v>368</v>
       </c>
       <c r="B122">
-        <v>42789329</v>
+        <v>310375106</v>
       </c>
       <c r="D122" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="E122" t="s">
-        <v>113</v>
+        <v>52</v>
       </c>
       <c r="F122" t="s">
         <v>8</v>
       </c>
       <c r="G122">
         <v>0.0</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="B123">
-        <v>1234992575</v>
+        <v>0</v>
       </c>
       <c r="D123" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>127</v>
       </c>
       <c r="F123" t="s">
         <v>8</v>
       </c>
       <c r="G123">
         <v>0.0</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124">
-        <v>347</v>
+        <v>366</v>
       </c>
       <c r="B124">
-        <v>1234993153</v>
+        <v>0</v>
       </c>
       <c r="D124" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>128</v>
       </c>
       <c r="F124" t="s">
         <v>8</v>
       </c>
       <c r="G124">
         <v>0.0</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125">
-        <v>346</v>
+        <v>365</v>
       </c>
       <c r="B125">
-        <v>1234993151</v>
+        <v>0</v>
       </c>
       <c r="D125" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F125" t="s">
         <v>8</v>
       </c>
       <c r="G125">
         <v>0.0</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126">
-        <v>345</v>
+        <v>364</v>
       </c>
       <c r="B126">
-        <v>1234993154</v>
+        <v>0</v>
       </c>
       <c r="D126" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F126" t="s">
         <v>8</v>
       </c>
       <c r="G126">
         <v>0.0</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127">
-        <v>344</v>
+        <v>363</v>
       </c>
       <c r="B127">
-        <v>1234993152</v>
+        <v>1234993163</v>
       </c>
       <c r="D127" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="E127" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F127" t="s">
         <v>8</v>
       </c>
       <c r="G127">
         <v>0.0</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128">
-        <v>343</v>
+        <v>362</v>
       </c>
       <c r="B128">
-        <v>71587020</v>
+        <v>1234992742</v>
       </c>
       <c r="D128" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="E128" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="F128" t="s">
         <v>8</v>
       </c>
       <c r="G128">
         <v>0.0</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129">
-        <v>342</v>
+        <v>361</v>
       </c>
       <c r="B129">
-        <v>1234993150</v>
+        <v>1234993005</v>
       </c>
       <c r="D129" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="E129" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="F129" t="s">
         <v>8</v>
       </c>
       <c r="G129">
         <v>0.0</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130">
-        <v>341</v>
+        <v>360</v>
       </c>
       <c r="B130">
-        <v>1234993149</v>
+        <v>1234993162</v>
       </c>
       <c r="D130" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="E130" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="F130" t="s">
         <v>8</v>
       </c>
       <c r="G130">
         <v>0.0</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131">
-        <v>340</v>
+        <v>359</v>
       </c>
       <c r="B131">
-        <v>1001510768</v>
+        <v>1234993161</v>
       </c>
       <c r="D131" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="E131" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="F131" t="s">
         <v>8</v>
       </c>
       <c r="G131">
         <v>0.0</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132">
-        <v>339</v>
+        <v>358</v>
       </c>
       <c r="B132">
-        <v>1234993148</v>
+        <v>1234993160</v>
       </c>
       <c r="D132" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="E132" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F132" t="s">
         <v>8</v>
       </c>
       <c r="G132">
         <v>0.0</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133">
-        <v>338</v>
+        <v>357</v>
       </c>
       <c r="B133">
-        <v>1234992525</v>
+        <v>1234992555</v>
       </c>
       <c r="D133" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="E133" t="s">
-        <v>115</v>
+        <v>134</v>
       </c>
       <c r="F133" t="s">
         <v>8</v>
       </c>
       <c r="G133">
         <v>0.0</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134">
-        <v>337</v>
+        <v>356</v>
       </c>
       <c r="B134">
-        <v>1234993140</v>
+        <v>1234993159</v>
       </c>
       <c r="D134" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="E134" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="F134" t="s">
         <v>8</v>
       </c>
       <c r="G134">
         <v>0.0</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135">
-        <v>336</v>
+        <v>355</v>
       </c>
       <c r="B135">
-        <v>1234992601</v>
+        <v>1234993158</v>
       </c>
       <c r="D135" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="E135" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F135" t="s">
         <v>8</v>
       </c>
       <c r="G135">
         <v>0.0</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136">
-        <v>335</v>
+        <v>354</v>
       </c>
       <c r="B136">
-        <v>1234993146</v>
+        <v>7067669</v>
       </c>
       <c r="D136" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="E136" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F136" t="s">
         <v>8</v>
       </c>
       <c r="G136">
         <v>0.0</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137">
-        <v>334</v>
+        <v>353</v>
       </c>
       <c r="B137">
-        <v>1234993038</v>
+        <v>1234993157</v>
       </c>
       <c r="D137" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="E137" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F137" t="s">
         <v>8</v>
       </c>
       <c r="G137">
         <v>0.0</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138">
-        <v>333</v>
+        <v>352</v>
       </c>
       <c r="B138">
-        <v>1234992815</v>
+        <v>1234992772</v>
       </c>
       <c r="D138" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="E138" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="F138" t="s">
         <v>8</v>
       </c>
       <c r="G138">
         <v>0.0</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139">
-        <v>332</v>
+        <v>351</v>
       </c>
       <c r="B139">
-        <v>1234993144</v>
+        <v>1234993155</v>
       </c>
       <c r="D139" t="s">
+        <v>146</v>
+      </c>
+      <c r="E139" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F139" t="s">
         <v>8</v>
       </c>
       <c r="G139">
         <v>0.0</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140">
-        <v>331</v>
+        <v>350</v>
       </c>
       <c r="B140">
-        <v>1234992778</v>
+        <v>1036602768</v>
       </c>
       <c r="D140" t="s">
         <v>148</v>
       </c>
       <c r="E140" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="F140" t="s">
         <v>8</v>
       </c>
       <c r="G140">
         <v>0.0</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141">
-        <v>330</v>
+        <v>349</v>
       </c>
       <c r="B141">
-        <v>1234993137</v>
+        <v>42789329</v>
       </c>
       <c r="D141" t="s">
         <v>149</v>
       </c>
       <c r="E141" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F141" t="s">
         <v>8</v>
       </c>
       <c r="G141">
         <v>0.0</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142">
-        <v>329</v>
+        <v>348</v>
       </c>
       <c r="B142">
-        <v>1234993143</v>
+        <v>1234992575</v>
       </c>
       <c r="D142" t="s">
         <v>150</v>
       </c>
       <c r="E142" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F142" t="s">
         <v>8</v>
       </c>
       <c r="G142">
         <v>0.0</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143">
-        <v>328</v>
+        <v>347</v>
       </c>
       <c r="B143">
-        <v>1234993142</v>
+        <v>1234993153</v>
       </c>
       <c r="D143" t="s">
         <v>151</v>
       </c>
       <c r="E143" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="F143" t="s">
         <v>8</v>
       </c>
       <c r="G143">
         <v>0.0</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144">
-        <v>327</v>
+        <v>346</v>
       </c>
       <c r="B144">
-        <v>1234992887</v>
+        <v>1234993151</v>
       </c>
       <c r="D144" t="s">
         <v>152</v>
       </c>
       <c r="E144" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F144" t="s">
         <v>8</v>
       </c>
       <c r="G144">
         <v>0.0</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145">
-        <v>326</v>
+        <v>345</v>
       </c>
       <c r="B145">
-        <v>1234993020</v>
+        <v>1234993154</v>
       </c>
       <c r="D145" t="s">
         <v>153</v>
       </c>
       <c r="E145" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F145" t="s">
         <v>8</v>
       </c>
       <c r="G145">
         <v>0.0</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146">
-        <v>325</v>
+        <v>344</v>
       </c>
       <c r="B146">
-        <v>1234993139</v>
+        <v>1234993152</v>
       </c>
       <c r="D146" t="s">
         <v>154</v>
       </c>
       <c r="E146" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F146" t="s">
         <v>8</v>
       </c>
       <c r="G146">
         <v>0.0</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147">
-        <v>324</v>
+        <v>343</v>
       </c>
       <c r="B147">
-        <v>1128392913</v>
+        <v>71587020</v>
       </c>
       <c r="D147" t="s">
         <v>155</v>
       </c>
       <c r="E147" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F147" t="s">
         <v>8</v>
       </c>
       <c r="G147">
         <v>0.0</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148">
-        <v>323</v>
+        <v>342</v>
       </c>
       <c r="B148">
-        <v>1234992739</v>
+        <v>1234993150</v>
       </c>
       <c r="D148" t="s">
         <v>156</v>
       </c>
       <c r="E148" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="F148" t="s">
         <v>8</v>
       </c>
       <c r="G148">
         <v>0.0</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149">
-        <v>322</v>
+        <v>341</v>
       </c>
       <c r="B149">
-        <v>7067669</v>
+        <v>1234993149</v>
       </c>
       <c r="D149" t="s">
         <v>157</v>
       </c>
       <c r="E149" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F149" t="s">
         <v>8</v>
       </c>
       <c r="G149">
         <v>0.0</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150">
-        <v>321</v>
+        <v>340</v>
       </c>
       <c r="B150">
-        <v>1234992570</v>
+        <v>1001510768</v>
       </c>
       <c r="D150" t="s">
         <v>158</v>
       </c>
       <c r="E150" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="F150" t="s">
         <v>8</v>
       </c>
       <c r="G150">
         <v>0.0</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151">
-        <v>320</v>
+        <v>339</v>
       </c>
       <c r="B151">
-        <v>1234993138</v>
+        <v>1234993148</v>
       </c>
       <c r="D151" t="s">
         <v>159</v>
       </c>
       <c r="E151" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F151" t="s">
         <v>8</v>
       </c>
       <c r="G151">
         <v>0.0</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152">
-        <v>319</v>
+        <v>338</v>
       </c>
       <c r="B152">
-        <v>1234992636</v>
+        <v>1234992525</v>
       </c>
       <c r="D152" t="s">
         <v>160</v>
       </c>
       <c r="E152" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="F152" t="s">
         <v>8</v>
       </c>
       <c r="G152">
         <v>0.0</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153">
-        <v>318</v>
+        <v>337</v>
       </c>
       <c r="B153">
-        <v>1234992578</v>
+        <v>1234993140</v>
       </c>
       <c r="D153" t="s">
         <v>161</v>
       </c>
       <c r="E153" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F153" t="s">
         <v>8</v>
       </c>
       <c r="G153">
         <v>0.0</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154">
-        <v>317</v>
+        <v>336</v>
       </c>
       <c r="B154">
-        <v>1234992666</v>
+        <v>1234992601</v>
       </c>
       <c r="D154" t="s">
         <v>162</v>
       </c>
       <c r="E154" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F154" t="s">
         <v>8</v>
       </c>
       <c r="G154">
         <v>0.0</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155">
-        <v>316</v>
+        <v>335</v>
       </c>
       <c r="B155">
-        <v>1234993136</v>
+        <v>1234993146</v>
       </c>
       <c r="D155" t="s">
         <v>163</v>
       </c>
       <c r="E155" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F155" t="s">
         <v>8</v>
       </c>
       <c r="G155">
         <v>0.0</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156">
-        <v>315</v>
+        <v>334</v>
       </c>
       <c r="B156">
-        <v>1234992560</v>
+        <v>1234993038</v>
       </c>
       <c r="D156" t="s">
         <v>164</v>
       </c>
       <c r="E156" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F156" t="s">
         <v>8</v>
       </c>
       <c r="G156">
         <v>0.0</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157">
-        <v>314</v>
+        <v>333</v>
       </c>
       <c r="B157">
-        <v>0</v>
+        <v>1234992815</v>
       </c>
       <c r="D157" t="s">
         <v>165</v>
       </c>
+      <c r="E157" t="s">
+        <v>145</v>
+      </c>
       <c r="F157" t="s">
         <v>8</v>
       </c>
       <c r="G157">
         <v>0.0</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158">
-        <v>313</v>
+        <v>332</v>
       </c>
       <c r="B158">
-        <v>1234993134</v>
+        <v>1234993144</v>
       </c>
       <c r="D158" t="s">
         <v>166</v>
       </c>
       <c r="E158" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F158" t="s">
         <v>8</v>
       </c>
       <c r="G158">
         <v>0.0</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159">
-        <v>312</v>
+        <v>331</v>
       </c>
       <c r="B159">
-        <v>1234992528</v>
+        <v>1234992778</v>
       </c>
       <c r="D159" t="s">
         <v>167</v>
       </c>
       <c r="E159" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F159" t="s">
         <v>8</v>
       </c>
       <c r="G159">
         <v>0.0</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160">
-        <v>311</v>
+        <v>330</v>
       </c>
       <c r="B160">
-        <v>1234993135</v>
+        <v>1234993137</v>
       </c>
       <c r="D160" t="s">
         <v>168</v>
       </c>
       <c r="E160" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="F160" t="s">
         <v>8</v>
       </c>
       <c r="G160">
         <v>0.0</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161">
-        <v>310</v>
+        <v>329</v>
       </c>
       <c r="B161">
-        <v>1234992744</v>
+        <v>1234993143</v>
       </c>
       <c r="D161" t="s">
         <v>169</v>
       </c>
       <c r="E161" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F161" t="s">
         <v>8</v>
       </c>
       <c r="G161">
         <v>0.0</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162">
-        <v>309</v>
+        <v>328</v>
       </c>
       <c r="B162">
-        <v>1234993133</v>
+        <v>1234993142</v>
       </c>
       <c r="D162" t="s">
         <v>170</v>
       </c>
       <c r="E162" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F162" t="s">
         <v>8</v>
       </c>
       <c r="G162">
         <v>0.0</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163">
-        <v>308</v>
+        <v>327</v>
       </c>
       <c r="B163">
-        <v>1234993132</v>
+        <v>1234992887</v>
       </c>
       <c r="D163" t="s">
         <v>171</v>
       </c>
       <c r="E163" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F163" t="s">
         <v>8</v>
       </c>
       <c r="G163">
         <v>0.0</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164">
-        <v>307</v>
+        <v>326</v>
       </c>
       <c r="B164">
-        <v>1234992878</v>
+        <v>1234993020</v>
       </c>
       <c r="D164" t="s">
         <v>172</v>
       </c>
       <c r="E164" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="F164" t="s">
         <v>8</v>
       </c>
       <c r="G164">
         <v>0.0</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165">
-        <v>306</v>
+        <v>325</v>
       </c>
       <c r="B165">
-        <v>1234993131</v>
+        <v>1234993139</v>
       </c>
       <c r="D165" t="s">
         <v>173</v>
       </c>
       <c r="E165" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F165" t="s">
         <v>8</v>
       </c>
       <c r="G165">
         <v>0.0</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166">
-        <v>305</v>
+        <v>324</v>
       </c>
       <c r="B166">
-        <v>1234992575</v>
+        <v>1128392913</v>
       </c>
       <c r="D166" t="s">
         <v>174</v>
       </c>
       <c r="E166" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F166" t="s">
         <v>8</v>
       </c>
       <c r="G166">
         <v>0.0</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167">
-        <v>304</v>
+        <v>323</v>
       </c>
       <c r="B167">
-        <v>7067669</v>
+        <v>1234992739</v>
       </c>
       <c r="D167" t="s">
         <v>175</v>
       </c>
       <c r="E167" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F167" t="s">
         <v>8</v>
       </c>
       <c r="G167">
         <v>0.0</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168">
-        <v>303</v>
+        <v>322</v>
       </c>
       <c r="B168">
-        <v>5839213</v>
+        <v>7067669</v>
       </c>
       <c r="D168" t="s">
         <v>176</v>
       </c>
       <c r="E168" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F168" t="s">
         <v>8</v>
       </c>
       <c r="G168">
         <v>0.0</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169">
-        <v>302</v>
+        <v>321</v>
       </c>
       <c r="B169">
-        <v>1234992755</v>
+        <v>1234992570</v>
       </c>
       <c r="D169" t="s">
         <v>177</v>
       </c>
       <c r="E169" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F169" t="s">
         <v>8</v>
       </c>
       <c r="G169">
         <v>0.0</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170">
-        <v>301</v>
+        <v>320</v>
       </c>
       <c r="B170">
-        <v>1234993130</v>
+        <v>1234993138</v>
       </c>
       <c r="D170" t="s">
         <v>178</v>
       </c>
       <c r="E170" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F170" t="s">
         <v>8</v>
       </c>
       <c r="G170">
         <v>0.0</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171">
-        <v>300</v>
+        <v>319</v>
       </c>
       <c r="B171">
-        <v>1234993128</v>
+        <v>1234992636</v>
       </c>
       <c r="D171" t="s">
         <v>179</v>
       </c>
       <c r="E171" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F171" t="s">
         <v>8</v>
       </c>
       <c r="G171">
         <v>0.0</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172">
-        <v>299</v>
+        <v>318</v>
       </c>
       <c r="B172">
-        <v>1234992949</v>
+        <v>1234992578</v>
       </c>
       <c r="D172" t="s">
         <v>180</v>
       </c>
       <c r="E172" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F172" t="s">
         <v>8</v>
       </c>
       <c r="G172">
         <v>0.0</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173">
-        <v>298</v>
+        <v>317</v>
       </c>
       <c r="B173">
-        <v>1234993129</v>
+        <v>1234992666</v>
       </c>
       <c r="D173" t="s">
         <v>181</v>
       </c>
       <c r="E173" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F173" t="s">
         <v>8</v>
       </c>
       <c r="G173">
         <v>0.0</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174">
-        <v>297</v>
+        <v>316</v>
       </c>
       <c r="B174">
-        <v>1234993047</v>
+        <v>1234993136</v>
       </c>
       <c r="D174" t="s">
         <v>182</v>
       </c>
       <c r="E174" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F174" t="s">
         <v>8</v>
       </c>
       <c r="G174">
         <v>0.0</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175">
-        <v>296</v>
+        <v>315</v>
       </c>
       <c r="B175">
-        <v>1234993127</v>
+        <v>1234992560</v>
       </c>
       <c r="D175" t="s">
         <v>183</v>
       </c>
       <c r="E175" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="F175" t="s">
         <v>8</v>
       </c>
       <c r="G175">
         <v>0.0</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176">
-        <v>295</v>
+        <v>314</v>
       </c>
       <c r="B176">
-        <v>1234992821</v>
+        <v>0</v>
       </c>
       <c r="D176" t="s">
         <v>184</v>
       </c>
-      <c r="E176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F176" t="s">
         <v>8</v>
       </c>
       <c r="G176">
         <v>0.0</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177">
-        <v>294</v>
+        <v>313</v>
       </c>
       <c r="B177">
-        <v>1234992753</v>
+        <v>1234993134</v>
       </c>
       <c r="D177" t="s">
         <v>185</v>
       </c>
       <c r="E177" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F177" t="s">
         <v>8</v>
       </c>
       <c r="G177">
         <v>0.0</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178">
-        <v>293</v>
+        <v>312</v>
       </c>
       <c r="B178">
-        <v>1234993126</v>
+        <v>1234992528</v>
       </c>
       <c r="D178" t="s">
         <v>186</v>
       </c>
       <c r="E178" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F178" t="s">
         <v>8</v>
       </c>
       <c r="G178">
         <v>0.0</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179">
-        <v>292</v>
+        <v>311</v>
       </c>
       <c r="B179">
-        <v>1234993125</v>
+        <v>1234993135</v>
       </c>
       <c r="D179" t="s">
         <v>187</v>
       </c>
       <c r="E179" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F179" t="s">
         <v>8</v>
       </c>
       <c r="G179">
         <v>0.0</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180">
-        <v>291</v>
+        <v>310</v>
       </c>
       <c r="B180">
-        <v>1234993124</v>
+        <v>1234992744</v>
       </c>
       <c r="D180" t="s">
         <v>188</v>
       </c>
       <c r="E180" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F180" t="s">
         <v>8</v>
       </c>
       <c r="G180">
         <v>0.0</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181">
-        <v>290</v>
+        <v>309</v>
       </c>
       <c r="B181">
-        <v>1234993123</v>
+        <v>1234993133</v>
       </c>
       <c r="D181" t="s">
         <v>189</v>
       </c>
       <c r="E181" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F181" t="s">
         <v>8</v>
       </c>
       <c r="G181">
         <v>0.0</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182">
-        <v>289</v>
+        <v>308</v>
       </c>
       <c r="B182">
-        <v>1234993122</v>
+        <v>1234993132</v>
       </c>
       <c r="D182" t="s">
         <v>190</v>
       </c>
       <c r="E182" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F182" t="s">
         <v>8</v>
       </c>
       <c r="G182">
         <v>0.0</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183">
-        <v>288</v>
+        <v>307</v>
       </c>
       <c r="B183">
-        <v>1234993121</v>
+        <v>1234992878</v>
       </c>
       <c r="D183" t="s">
         <v>191</v>
       </c>
       <c r="E183" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F183" t="s">
         <v>8</v>
       </c>
       <c r="G183">
         <v>0.0</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184">
-        <v>287</v>
+        <v>306</v>
       </c>
       <c r="B184">
-        <v>1234993117</v>
+        <v>1234993131</v>
       </c>
       <c r="D184" t="s">
         <v>192</v>
       </c>
       <c r="E184" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="F184" t="s">
         <v>8</v>
       </c>
       <c r="G184">
         <v>0.0</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185">
-        <v>286</v>
+        <v>305</v>
       </c>
       <c r="B185">
-        <v>43260048</v>
+        <v>1234992575</v>
       </c>
       <c r="D185" t="s">
         <v>193</v>
       </c>
       <c r="E185" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F185" t="s">
         <v>8</v>
       </c>
       <c r="G185">
         <v>0.0</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186">
-        <v>285</v>
+        <v>304</v>
       </c>
       <c r="B186">
-        <v>1234993120</v>
+        <v>7067669</v>
       </c>
       <c r="D186" t="s">
         <v>194</v>
       </c>
       <c r="E186" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F186" t="s">
         <v>8</v>
       </c>
       <c r="G186">
         <v>0.0</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187">
-        <v>284</v>
+        <v>303</v>
       </c>
       <c r="B187">
-        <v>1234993119</v>
+        <v>5839213</v>
       </c>
       <c r="D187" t="s">
         <v>195</v>
       </c>
       <c r="E187" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F187" t="s">
         <v>8</v>
       </c>
       <c r="G187">
         <v>0.0</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188">
-        <v>283</v>
+        <v>302</v>
       </c>
       <c r="B188">
-        <v>1234992558</v>
+        <v>1234992755</v>
       </c>
       <c r="D188" t="s">
         <v>196</v>
       </c>
       <c r="E188" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F188" t="s">
         <v>8</v>
       </c>
       <c r="G188">
         <v>0.0</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189">
-        <v>282</v>
+        <v>301</v>
       </c>
       <c r="B189">
-        <v>1234993118</v>
+        <v>1234993130</v>
       </c>
       <c r="D189" t="s">
         <v>197</v>
       </c>
       <c r="E189" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F189" t="s">
         <v>8</v>
       </c>
       <c r="G189">
         <v>0.0</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190">
-        <v>281</v>
+        <v>300</v>
       </c>
       <c r="B190">
-        <v>1234992492</v>
+        <v>1234993128</v>
       </c>
       <c r="D190" t="s">
         <v>198</v>
       </c>
       <c r="E190" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F190" t="s">
         <v>8</v>
       </c>
       <c r="G190">
         <v>0.0</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191">
-        <v>280</v>
+        <v>299</v>
       </c>
       <c r="B191">
-        <v>4967548</v>
+        <v>1234992949</v>
       </c>
       <c r="D191" t="s">
         <v>199</v>
       </c>
       <c r="E191" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F191" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G191">
         <v>0.0</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192">
-        <v>279</v>
+        <v>298</v>
       </c>
       <c r="B192">
-        <v>1234993115</v>
+        <v>1234993129</v>
       </c>
       <c r="D192" t="s">
         <v>200</v>
       </c>
       <c r="E192" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F192" t="s">
         <v>8</v>
       </c>
       <c r="G192">
         <v>0.0</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193">
-        <v>278</v>
+        <v>297</v>
       </c>
       <c r="B193">
-        <v>0</v>
+        <v>1234993047</v>
       </c>
       <c r="D193" t="s">
         <v>201</v>
       </c>
+      <c r="E193" t="s">
+        <v>132</v>
+      </c>
       <c r="F193" t="s">
         <v>8</v>
       </c>
       <c r="G193">
         <v>0.0</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194">
-        <v>277</v>
+        <v>296</v>
       </c>
       <c r="B194">
-        <v>1234993116</v>
+        <v>1234993127</v>
       </c>
       <c r="D194" t="s">
         <v>202</v>
       </c>
       <c r="E194" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="F194" t="s">
         <v>8</v>
       </c>
       <c r="G194">
         <v>0.0</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195">
-        <v>276</v>
+        <v>295</v>
       </c>
       <c r="B195">
-        <v>7067669</v>
+        <v>1234992821</v>
       </c>
       <c r="D195" t="s">
         <v>203</v>
       </c>
       <c r="E195" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F195" t="s">
         <v>8</v>
       </c>
       <c r="G195">
         <v>0.0</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196">
-        <v>275</v>
+        <v>294</v>
       </c>
       <c r="B196">
-        <v>1234992977</v>
+        <v>1234992753</v>
       </c>
       <c r="D196" t="s">
         <v>204</v>
       </c>
       <c r="E196" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F196" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G196">
         <v>0.0</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197">
-        <v>274</v>
+        <v>293</v>
       </c>
       <c r="B197">
-        <v>1234992856</v>
+        <v>1234993126</v>
       </c>
       <c r="D197" t="s">
         <v>205</v>
       </c>
       <c r="E197" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F197" t="s">
         <v>8</v>
       </c>
       <c r="G197">
         <v>0.0</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198">
-        <v>273</v>
+        <v>292</v>
       </c>
       <c r="B198">
-        <v>43626070</v>
+        <v>1234993125</v>
       </c>
       <c r="D198" t="s">
         <v>206</v>
       </c>
       <c r="E198" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F198" t="s">
         <v>8</v>
       </c>
       <c r="G198">
         <v>0.0</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199">
-        <v>272</v>
+        <v>291</v>
       </c>
       <c r="B199">
-        <v>1234993114</v>
+        <v>1234993124</v>
       </c>
       <c r="D199" t="s">
         <v>207</v>
       </c>
       <c r="E199" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F199" t="s">
         <v>8</v>
       </c>
       <c r="G199">
         <v>0.0</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200">
-        <v>271</v>
+        <v>290</v>
       </c>
       <c r="B200">
-        <v>1234992926</v>
+        <v>1234993123</v>
       </c>
       <c r="D200" t="s">
         <v>208</v>
       </c>
       <c r="E200" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F200" t="s">
         <v>8</v>
       </c>
       <c r="G200">
         <v>0.0</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201">
-        <v>270</v>
+        <v>289</v>
       </c>
       <c r="B201">
-        <v>1234992883</v>
+        <v>1234993122</v>
       </c>
       <c r="D201" t="s">
         <v>209</v>
       </c>
       <c r="E201" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F201" t="s">
         <v>8</v>
       </c>
       <c r="G201">
         <v>0.0</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202">
-        <v>269</v>
+        <v>288</v>
       </c>
       <c r="B202">
-        <v>1234993113</v>
+        <v>1234993121</v>
       </c>
       <c r="D202" t="s">
         <v>210</v>
       </c>
       <c r="E202" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F202" t="s">
         <v>8</v>
       </c>
       <c r="G202">
         <v>0.0</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203">
-        <v>268</v>
+        <v>287</v>
       </c>
       <c r="B203">
-        <v>1234993034</v>
+        <v>1234993117</v>
       </c>
       <c r="D203" t="s">
         <v>211</v>
       </c>
       <c r="E203" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F203" t="s">
         <v>8</v>
       </c>
       <c r="G203">
         <v>0.0</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204">
-        <v>267</v>
+        <v>286</v>
       </c>
       <c r="B204">
-        <v>1234993100</v>
+        <v>43260048</v>
       </c>
       <c r="D204" t="s">
         <v>212</v>
       </c>
       <c r="E204" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F204" t="s">
         <v>8</v>
       </c>
       <c r="G204">
         <v>0.0</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205">
-        <v>266</v>
+        <v>285</v>
       </c>
       <c r="B205">
-        <v>42693484</v>
+        <v>1234993120</v>
       </c>
       <c r="D205" t="s">
         <v>213</v>
       </c>
       <c r="E205" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F205" t="s">
         <v>8</v>
       </c>
       <c r="G205">
         <v>0.0</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206">
-        <v>265</v>
+        <v>284</v>
       </c>
       <c r="B206">
-        <v>1234993110</v>
+        <v>1234993119</v>
       </c>
       <c r="D206" t="s">
         <v>214</v>
       </c>
       <c r="E206" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F206" t="s">
         <v>8</v>
       </c>
       <c r="G206">
         <v>0.0</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207">
-        <v>264</v>
+        <v>283</v>
       </c>
       <c r="B207">
-        <v>1040733219</v>
+        <v>1234992558</v>
       </c>
       <c r="D207" t="s">
         <v>215</v>
       </c>
       <c r="E207" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F207" t="s">
         <v>8</v>
       </c>
       <c r="G207">
         <v>0.0</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208">
-        <v>263</v>
+        <v>282</v>
       </c>
       <c r="B208">
-        <v>1234993112</v>
+        <v>1234993118</v>
       </c>
       <c r="D208" t="s">
         <v>216</v>
       </c>
       <c r="E208" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F208" t="s">
         <v>8</v>
       </c>
       <c r="G208">
         <v>0.0</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209">
-        <v>262</v>
+        <v>281</v>
       </c>
       <c r="B209">
-        <v>1234992563</v>
+        <v>1234992492</v>
       </c>
       <c r="D209" t="s">
         <v>217</v>
       </c>
       <c r="E209" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F209" t="s">
         <v>8</v>
       </c>
       <c r="G209">
         <v>0.0</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210">
-        <v>261</v>
+        <v>280</v>
       </c>
       <c r="B210">
-        <v>1234992497</v>
+        <v>4967548</v>
       </c>
       <c r="D210" t="s">
         <v>218</v>
       </c>
       <c r="E210" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F210" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G210">
         <v>0.0</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211">
-        <v>260</v>
+        <v>279</v>
       </c>
       <c r="B211">
-        <v>1234993111</v>
+        <v>1234993115</v>
       </c>
       <c r="D211" t="s">
         <v>219</v>
       </c>
       <c r="E211" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F211" t="s">
         <v>8</v>
       </c>
       <c r="G211">
         <v>0.0</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212">
-        <v>259</v>
+        <v>278</v>
       </c>
       <c r="B212">
-        <v>1234993109</v>
+        <v>0</v>
       </c>
       <c r="D212" t="s">
         <v>220</v>
       </c>
-      <c r="E212" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F212" t="s">
         <v>8</v>
       </c>
       <c r="G212">
         <v>0.0</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213">
-        <v>258</v>
+        <v>277</v>
       </c>
       <c r="B213">
-        <v>1234992567</v>
+        <v>1234993116</v>
       </c>
       <c r="D213" t="s">
         <v>221</v>
       </c>
       <c r="E213" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F213" t="s">
         <v>8</v>
       </c>
       <c r="G213">
         <v>0.0</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214">
-        <v>257</v>
+        <v>276</v>
       </c>
       <c r="B214">
-        <v>1234992493</v>
+        <v>7067669</v>
       </c>
       <c r="D214" t="s">
         <v>222</v>
       </c>
       <c r="E214" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F214" t="s">
         <v>8</v>
       </c>
       <c r="G214">
         <v>0.0</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215">
-        <v>256</v>
+        <v>275</v>
       </c>
       <c r="B215">
-        <v>1234992560</v>
+        <v>1234992977</v>
       </c>
       <c r="D215" t="s">
         <v>223</v>
       </c>
       <c r="E215" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F215" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G215">
         <v>0.0</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216">
-        <v>255</v>
+        <v>274</v>
       </c>
       <c r="B216">
-        <v>315575772</v>
+        <v>1234992856</v>
       </c>
       <c r="D216" t="s">
         <v>224</v>
       </c>
       <c r="E216" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F216" t="s">
         <v>8</v>
       </c>
       <c r="G216">
         <v>0.0</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217">
-        <v>254</v>
+        <v>273</v>
       </c>
       <c r="B217">
-        <v>1234992702</v>
+        <v>43626070</v>
       </c>
       <c r="D217" t="s">
         <v>225</v>
       </c>
       <c r="E217" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F217" t="s">
         <v>8</v>
       </c>
       <c r="G217">
         <v>0.0</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218">
-        <v>253</v>
+        <v>272</v>
       </c>
       <c r="B218">
-        <v>1234993107</v>
+        <v>1234993114</v>
       </c>
       <c r="D218" t="s">
         <v>226</v>
       </c>
       <c r="E218" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="F218" t="s">
         <v>8</v>
       </c>
       <c r="G218">
         <v>0.0</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219">
-        <v>252</v>
+        <v>271</v>
       </c>
       <c r="B219">
-        <v>1234992855</v>
+        <v>1234992926</v>
       </c>
       <c r="D219" t="s">
         <v>227</v>
       </c>
       <c r="E219" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="F219" t="s">
         <v>8</v>
       </c>
       <c r="G219">
         <v>0.0</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220">
-        <v>251</v>
+        <v>270</v>
       </c>
       <c r="B220">
-        <v>1234992575</v>
+        <v>1234992883</v>
       </c>
       <c r="D220" t="s">
         <v>228</v>
       </c>
       <c r="E220" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F220" t="s">
         <v>8</v>
       </c>
       <c r="G220">
         <v>0.0</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221">
-        <v>250</v>
+        <v>269</v>
       </c>
       <c r="B221">
-        <v>1234993106</v>
+        <v>1234993113</v>
       </c>
       <c r="D221" t="s">
         <v>229</v>
       </c>
       <c r="E221" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F221" t="s">
         <v>8</v>
       </c>
       <c r="G221">
         <v>0.0</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222">
-        <v>249</v>
+        <v>268</v>
       </c>
       <c r="B222">
-        <v>1234993105</v>
+        <v>1234993034</v>
       </c>
       <c r="D222" t="s">
         <v>230</v>
       </c>
       <c r="E222" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F222" t="s">
         <v>8</v>
       </c>
       <c r="G222">
         <v>0.0</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223">
-        <v>248</v>
+        <v>267</v>
       </c>
       <c r="B223">
         <v>1234993100</v>
       </c>
       <c r="D223" t="s">
         <v>231</v>
       </c>
       <c r="E223" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F223" t="s">
         <v>8</v>
       </c>
       <c r="G223">
         <v>0.0</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224">
-        <v>247</v>
+        <v>266</v>
       </c>
       <c r="B224">
-        <v>1234993103</v>
+        <v>42693484</v>
       </c>
       <c r="D224" t="s">
         <v>232</v>
       </c>
       <c r="E224" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="F224" t="s">
         <v>8</v>
       </c>
       <c r="G224">
         <v>0.0</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225">
-        <v>246</v>
+        <v>265</v>
       </c>
       <c r="B225">
-        <v>1234993104</v>
+        <v>1234993110</v>
       </c>
       <c r="D225" t="s">
         <v>233</v>
       </c>
       <c r="E225" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F225" t="s">
         <v>8</v>
       </c>
       <c r="G225">
         <v>0.0</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226">
-        <v>245</v>
+        <v>264</v>
       </c>
       <c r="B226">
-        <v>1234993102</v>
+        <v>1040733219</v>
       </c>
       <c r="D226" t="s">
         <v>234</v>
       </c>
       <c r="E226" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F226" t="s">
-        <v>235</v>
+        <v>8</v>
       </c>
       <c r="G226">
         <v>0.0</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227">
-        <v>244</v>
+        <v>263</v>
       </c>
       <c r="B227">
-        <v>1234993101</v>
+        <v>1234993112</v>
       </c>
       <c r="D227" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="E227" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="F227" t="s">
         <v>8</v>
       </c>
       <c r="G227">
         <v>0.0</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228">
-        <v>243</v>
+        <v>262</v>
       </c>
       <c r="B228">
-        <v>1234993069</v>
+        <v>1234992563</v>
       </c>
       <c r="D228" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="E228" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F228" t="s">
         <v>8</v>
       </c>
       <c r="G228">
         <v>0.0</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229">
-        <v>242</v>
+        <v>261</v>
       </c>
       <c r="B229">
-        <v>4077654</v>
+        <v>1234992497</v>
       </c>
       <c r="D229" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="E229" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F229" t="s">
         <v>8</v>
       </c>
       <c r="G229">
         <v>0.0</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230">
-        <v>241</v>
+        <v>260</v>
       </c>
       <c r="B230">
-        <v>1234993099</v>
+        <v>1234993111</v>
       </c>
       <c r="D230" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="E230" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="F230" t="s">
         <v>8</v>
       </c>
       <c r="G230">
         <v>0.0</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231">
-        <v>240</v>
+        <v>259</v>
       </c>
       <c r="B231">
-        <v>1234992754</v>
+        <v>1234993109</v>
       </c>
       <c r="D231" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="E231" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F231" t="s">
         <v>8</v>
       </c>
       <c r="G231">
         <v>0.0</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232">
-        <v>239</v>
+        <v>258</v>
       </c>
       <c r="B232">
-        <v>1234992539</v>
+        <v>1234992567</v>
       </c>
       <c r="D232" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="E232" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F232" t="s">
         <v>8</v>
       </c>
       <c r="G232">
         <v>0.0</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233">
-        <v>238</v>
+        <v>257</v>
       </c>
       <c r="B233">
-        <v>1234993098</v>
+        <v>1234992493</v>
       </c>
       <c r="D233" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="E233" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F233" t="s">
         <v>8</v>
       </c>
       <c r="G233">
         <v>0.0</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234">
-        <v>237</v>
+        <v>256</v>
       </c>
       <c r="B234">
-        <v>1234992561</v>
+        <v>1234992560</v>
       </c>
       <c r="D234" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E234" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F234" t="s">
         <v>8</v>
       </c>
       <c r="G234">
         <v>0.0</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="B235">
-        <v>1234992563</v>
+        <v>315575772</v>
       </c>
       <c r="D235" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="E235" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F235" t="s">
         <v>8</v>
       </c>
       <c r="G235">
         <v>0.0</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236">
-        <v>235</v>
+        <v>254</v>
       </c>
       <c r="B236">
-        <v>1234993096</v>
+        <v>1234992702</v>
       </c>
       <c r="D236" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="E236" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F236" t="s">
         <v>8</v>
       </c>
       <c r="G236">
         <v>0.0</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237">
-        <v>234</v>
+        <v>253</v>
       </c>
       <c r="B237">
-        <v>1234993097</v>
+        <v>1234993107</v>
       </c>
       <c r="D237" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="E237" t="s">
-        <v>115</v>
+        <v>145</v>
       </c>
       <c r="F237" t="s">
         <v>8</v>
       </c>
       <c r="G237">
         <v>0.0</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238">
-        <v>233</v>
+        <v>252</v>
       </c>
       <c r="B238">
-        <v>1234992797</v>
+        <v>1234992855</v>
       </c>
       <c r="D238" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E238" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="F238" t="s">
         <v>8</v>
       </c>
       <c r="G238">
         <v>0.0</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239">
-        <v>232</v>
+        <v>251</v>
       </c>
       <c r="B239">
-        <v>1234992619</v>
+        <v>1234992575</v>
       </c>
       <c r="D239" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="E239" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F239" t="s">
         <v>8</v>
       </c>
       <c r="G239">
         <v>0.0</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="B240">
-        <v>1234993095</v>
+        <v>1234993106</v>
       </c>
       <c r="D240" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="E240" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F240" t="s">
         <v>8</v>
       </c>
       <c r="G240">
         <v>0.0</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241">
-        <v>230</v>
+        <v>249</v>
       </c>
       <c r="B241">
-        <v>1036641786</v>
+        <v>1234993105</v>
       </c>
       <c r="D241" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="E241" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F241" t="s">
         <v>8</v>
       </c>
       <c r="G241">
         <v>0.0</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242">
-        <v>229</v>
+        <v>248</v>
       </c>
       <c r="B242">
-        <v>1234992558</v>
+        <v>1234993100</v>
       </c>
       <c r="D242" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="E242" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F242" t="s">
         <v>8</v>
       </c>
       <c r="G242">
         <v>0.0</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243">
-        <v>228</v>
+        <v>247</v>
       </c>
       <c r="B243">
-        <v>1234993093</v>
+        <v>1234993103</v>
       </c>
       <c r="D243" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="E243" t="s">
-        <v>115</v>
+        <v>134</v>
       </c>
       <c r="F243" t="s">
         <v>8</v>
       </c>
       <c r="G243">
         <v>0.0</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244">
-        <v>227</v>
+        <v>246</v>
       </c>
       <c r="B244">
-        <v>1234993094</v>
+        <v>1234993104</v>
       </c>
       <c r="D244" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="E244" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F244" t="s">
         <v>8</v>
       </c>
       <c r="G244">
         <v>0.0</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245">
-        <v>226</v>
+        <v>245</v>
       </c>
       <c r="B245">
-        <v>1234993090</v>
+        <v>1234993102</v>
       </c>
       <c r="D245" t="s">
+        <v>253</v>
+      </c>
+      <c r="E245" t="s">
+        <v>132</v>
+      </c>
+      <c r="F245" t="s">
         <v>254</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
       <c r="G245">
         <v>0.0</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246">
-        <v>225</v>
+        <v>244</v>
       </c>
       <c r="B246">
-        <v>1234993091</v>
+        <v>1234993101</v>
       </c>
       <c r="D246" t="s">
         <v>255</v>
       </c>
       <c r="E246" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="F246" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G246">
         <v>0.0</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247">
-        <v>224</v>
+        <v>243</v>
       </c>
       <c r="B247">
-        <v>1234993088</v>
+        <v>1234993069</v>
       </c>
       <c r="D247" t="s">
         <v>256</v>
       </c>
       <c r="E247" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F247" t="s">
         <v>8</v>
       </c>
       <c r="G247">
         <v>0.0</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248">
-        <v>223</v>
+        <v>242</v>
       </c>
       <c r="B248">
-        <v>1234993089</v>
+        <v>4077654</v>
       </c>
       <c r="D248" t="s">
         <v>257</v>
       </c>
       <c r="E248" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F248" t="s">
         <v>8</v>
       </c>
       <c r="G248">
         <v>0.0</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249">
-        <v>222</v>
+        <v>241</v>
       </c>
       <c r="B249">
-        <v>1234993087</v>
+        <v>1234993099</v>
       </c>
       <c r="D249" t="s">
         <v>258</v>
       </c>
       <c r="E249" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="F249" t="s">
         <v>8</v>
       </c>
       <c r="G249">
         <v>0.0</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250">
-        <v>221</v>
+        <v>240</v>
       </c>
       <c r="B250">
-        <v>1234992567</v>
+        <v>1234992754</v>
       </c>
       <c r="D250" t="s">
         <v>259</v>
       </c>
       <c r="E250" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F250" t="s">
         <v>8</v>
       </c>
       <c r="G250">
         <v>0.0</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251">
-        <v>220</v>
+        <v>239</v>
       </c>
       <c r="B251">
-        <v>1234993086</v>
+        <v>1234992539</v>
       </c>
       <c r="D251" t="s">
         <v>260</v>
       </c>
       <c r="E251" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="F251" t="s">
         <v>8</v>
       </c>
       <c r="G251">
         <v>0.0</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252">
-        <v>219</v>
+        <v>238</v>
       </c>
       <c r="B252">
-        <v>321951214</v>
+        <v>1234993098</v>
       </c>
       <c r="D252" t="s">
         <v>261</v>
       </c>
       <c r="E252" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F252" t="s">
         <v>8</v>
       </c>
       <c r="G252">
         <v>0.0</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253">
-        <v>218</v>
+        <v>237</v>
       </c>
       <c r="B253">
-        <v>2872467</v>
+        <v>1234992561</v>
       </c>
       <c r="D253" t="s">
         <v>262</v>
       </c>
       <c r="E253" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F253" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G253">
         <v>0.0</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254">
-        <v>217</v>
+        <v>236</v>
       </c>
       <c r="B254">
-        <v>310831677</v>
+        <v>1234992563</v>
       </c>
       <c r="D254" t="s">
         <v>263</v>
       </c>
       <c r="E254" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F254" t="s">
         <v>8</v>
       </c>
       <c r="G254">
         <v>0.0</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255">
-        <v>216</v>
+        <v>235</v>
       </c>
       <c r="B255">
-        <v>1234993084</v>
+        <v>1234993096</v>
       </c>
       <c r="D255" t="s">
         <v>264</v>
       </c>
       <c r="E255" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F255" t="s">
         <v>8</v>
       </c>
       <c r="G255">
         <v>0.0</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256">
-        <v>215</v>
+        <v>234</v>
       </c>
       <c r="B256">
-        <v>1234993085</v>
+        <v>1234993097</v>
       </c>
       <c r="D256" t="s">
         <v>265</v>
       </c>
       <c r="E256" t="s">
-        <v>115</v>
+        <v>134</v>
       </c>
       <c r="F256" t="s">
         <v>8</v>
       </c>
       <c r="G256">
         <v>0.0</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257">
-        <v>214</v>
+        <v>233</v>
       </c>
       <c r="B257">
-        <v>1234993083</v>
+        <v>1234992797</v>
       </c>
       <c r="D257" t="s">
         <v>266</v>
       </c>
       <c r="E257" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F257" t="s">
-        <v>235</v>
+        <v>8</v>
       </c>
       <c r="G257">
-        <v>33.9</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258">
-        <v>213</v>
+        <v>232</v>
       </c>
       <c r="B258">
-        <v>1234993079</v>
+        <v>1234992619</v>
       </c>
       <c r="D258" t="s">
         <v>267</v>
       </c>
       <c r="E258" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="F258" t="s">
         <v>8</v>
       </c>
       <c r="G258">
         <v>0.0</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259">
-        <v>212</v>
+        <v>231</v>
       </c>
       <c r="B259">
-        <v>43815666</v>
+        <v>1234993095</v>
       </c>
       <c r="D259" t="s">
         <v>268</v>
       </c>
       <c r="E259" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F259" t="s">
         <v>8</v>
       </c>
       <c r="G259">
         <v>0.0</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260">
-        <v>211</v>
+        <v>230</v>
       </c>
       <c r="B260">
-        <v>3389557</v>
+        <v>1036641786</v>
       </c>
       <c r="D260" t="s">
         <v>269</v>
       </c>
       <c r="E260" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F260" t="s">
         <v>8</v>
       </c>
       <c r="G260">
         <v>0.0</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261">
-        <v>210</v>
+        <v>229</v>
       </c>
       <c r="B261">
-        <v>1234993081</v>
+        <v>1234992558</v>
       </c>
       <c r="D261" t="s">
         <v>270</v>
       </c>
       <c r="E261" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F261" t="s">
         <v>8</v>
       </c>
       <c r="G261">
         <v>0.0</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262">
-        <v>209</v>
+        <v>228</v>
       </c>
       <c r="B262">
-        <v>1234993078</v>
+        <v>1234993093</v>
       </c>
       <c r="D262" t="s">
         <v>271</v>
       </c>
       <c r="E262" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="F262" t="s">
         <v>8</v>
       </c>
       <c r="G262">
         <v>0.0</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263">
-        <v>208</v>
+        <v>227</v>
       </c>
       <c r="B263">
-        <v>1234993080</v>
+        <v>1234993094</v>
       </c>
       <c r="D263" t="s">
         <v>272</v>
       </c>
       <c r="E263" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F263" t="s">
         <v>8</v>
       </c>
       <c r="G263">
         <v>0.0</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264">
-        <v>207</v>
+        <v>226</v>
       </c>
       <c r="B264">
-        <v>1234993077</v>
+        <v>1234993090</v>
       </c>
       <c r="D264" t="s">
         <v>273</v>
       </c>
       <c r="E264" t="s">
-        <v>115</v>
+        <v>145</v>
       </c>
       <c r="F264" t="s">
         <v>8</v>
       </c>
       <c r="G264">
         <v>0.0</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265">
-        <v>206</v>
+        <v>225</v>
       </c>
       <c r="B265">
-        <v>1234992565</v>
+        <v>1234993091</v>
       </c>
       <c r="D265" t="s">
         <v>274</v>
       </c>
       <c r="E265" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F265" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G265">
         <v>0.0</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266">
-        <v>205</v>
+        <v>224</v>
       </c>
       <c r="B266">
-        <v>1234992570</v>
+        <v>1234993088</v>
       </c>
       <c r="D266" t="s">
         <v>275</v>
       </c>
       <c r="E266" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F266" t="s">
         <v>8</v>
       </c>
       <c r="G266">
         <v>0.0</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="B267">
-        <v>1234992713</v>
+        <v>1234993089</v>
       </c>
       <c r="D267" t="s">
         <v>276</v>
       </c>
       <c r="E267" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F267" t="s">
         <v>8</v>
       </c>
       <c r="G267">
         <v>0.0</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268">
-        <v>203</v>
+        <v>222</v>
       </c>
       <c r="B268">
-        <v>1234993075</v>
+        <v>1234993087</v>
       </c>
       <c r="D268" t="s">
         <v>277</v>
       </c>
       <c r="E268" t="s">
-        <v>115</v>
+        <v>147</v>
       </c>
       <c r="F268" t="s">
         <v>8</v>
       </c>
       <c r="G268">
         <v>0.0</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269">
-        <v>202</v>
+        <v>221</v>
       </c>
       <c r="B269">
-        <v>1234993076</v>
+        <v>1234992567</v>
       </c>
       <c r="D269" t="s">
         <v>278</v>
       </c>
       <c r="E269" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F269" t="s">
         <v>8</v>
       </c>
       <c r="G269">
         <v>0.0</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270">
-        <v>201</v>
+        <v>220</v>
       </c>
       <c r="B270">
-        <v>1234992754</v>
+        <v>1234993086</v>
       </c>
       <c r="D270" t="s">
         <v>279</v>
       </c>
       <c r="E270" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="F270" t="s">
         <v>8</v>
       </c>
       <c r="G270">
         <v>0.0</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271">
-        <v>200</v>
+        <v>219</v>
       </c>
       <c r="B271">
-        <v>7639123</v>
+        <v>321951214</v>
       </c>
       <c r="D271" t="s">
         <v>280</v>
       </c>
       <c r="E271" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F271" t="s">
         <v>8</v>
       </c>
       <c r="G271">
         <v>0.0</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272">
-        <v>199</v>
+        <v>218</v>
       </c>
       <c r="B272">
-        <v>1234993074</v>
+        <v>2872467</v>
       </c>
       <c r="D272" t="s">
         <v>281</v>
       </c>
       <c r="E272" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="F272" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G272">
         <v>0.0</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="B273">
-        <v>1234993073</v>
+        <v>310831677</v>
       </c>
       <c r="D273" t="s">
         <v>282</v>
       </c>
       <c r="E273" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="F273" t="s">
         <v>8</v>
       </c>
       <c r="G273">
         <v>0.0</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="B274">
-        <v>1234993072</v>
+        <v>1234993084</v>
       </c>
       <c r="D274" t="s">
         <v>283</v>
       </c>
       <c r="E274" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F274" t="s">
         <v>8</v>
       </c>
       <c r="G274">
         <v>0.0</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275">
-        <v>196</v>
+        <v>215</v>
       </c>
       <c r="B275">
-        <v>1234993067</v>
+        <v>1234993085</v>
       </c>
       <c r="D275" t="s">
         <v>284</v>
       </c>
       <c r="E275" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="F275" t="s">
         <v>8</v>
       </c>
       <c r="G275">
         <v>0.0</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276">
-        <v>195</v>
+        <v>214</v>
       </c>
       <c r="B276">
-        <v>1234993071</v>
+        <v>1234993083</v>
       </c>
       <c r="D276" t="s">
         <v>285</v>
       </c>
       <c r="E276" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F276" t="s">
-        <v>8</v>
+        <v>254</v>
       </c>
       <c r="G276">
-        <v>0.0</v>
+        <v>33.9</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277">
-        <v>194</v>
+        <v>213</v>
       </c>
       <c r="B277">
-        <v>1234992560</v>
+        <v>1234993079</v>
       </c>
       <c r="D277" t="s">
         <v>286</v>
       </c>
       <c r="E277" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="F277" t="s">
         <v>8</v>
       </c>
       <c r="G277">
         <v>0.0</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278">
-        <v>193</v>
+        <v>212</v>
       </c>
       <c r="B278">
-        <v>1234993070</v>
+        <v>43815666</v>
       </c>
       <c r="D278" t="s">
         <v>287</v>
       </c>
       <c r="E278" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F278" t="s">
         <v>8</v>
       </c>
       <c r="G278">
         <v>0.0</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279">
-        <v>192</v>
+        <v>211</v>
       </c>
       <c r="B279">
-        <v>1234992677</v>
+        <v>3389557</v>
       </c>
       <c r="D279" t="s">
         <v>288</v>
       </c>
       <c r="E279" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F279" t="s">
         <v>8</v>
       </c>
       <c r="G279">
         <v>0.0</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280">
-        <v>191</v>
+        <v>210</v>
       </c>
       <c r="B280">
-        <v>322597162</v>
+        <v>1234993081</v>
       </c>
       <c r="D280" t="s">
         <v>289</v>
       </c>
       <c r="E280" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F280" t="s">
         <v>8</v>
       </c>
       <c r="G280">
         <v>0.0</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281">
-        <v>190</v>
+        <v>209</v>
       </c>
       <c r="B281">
-        <v>301775790</v>
+        <v>1234993078</v>
       </c>
       <c r="D281" t="s">
         <v>290</v>
       </c>
       <c r="E281" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F281" t="s">
         <v>8</v>
       </c>
       <c r="G281">
         <v>0.0</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282">
-        <v>189</v>
+        <v>208</v>
       </c>
       <c r="B282">
-        <v>3559564</v>
+        <v>1234993080</v>
       </c>
       <c r="D282" t="s">
         <v>291</v>
       </c>
       <c r="E282" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F282" t="s">
         <v>8</v>
       </c>
       <c r="G282">
         <v>0.0</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283">
-        <v>188</v>
+        <v>207</v>
       </c>
       <c r="B283">
-        <v>1234993069</v>
+        <v>1234993077</v>
       </c>
       <c r="D283" t="s">
         <v>292</v>
       </c>
       <c r="E283" t="s">
-        <v>115</v>
+        <v>134</v>
       </c>
       <c r="F283" t="s">
         <v>8</v>
       </c>
       <c r="G283">
         <v>0.0</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284">
-        <v>187</v>
+        <v>206</v>
       </c>
       <c r="B284">
-        <v>304496754</v>
+        <v>1234992565</v>
       </c>
       <c r="D284" t="s">
         <v>293</v>
       </c>
       <c r="E284" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F284" t="s">
         <v>8</v>
       </c>
       <c r="G284">
         <v>0.0</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285">
-        <v>186</v>
+        <v>205</v>
       </c>
       <c r="B285">
-        <v>1234992993</v>
+        <v>1234992570</v>
       </c>
       <c r="D285" t="s">
         <v>294</v>
       </c>
       <c r="E285" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F285" t="s">
         <v>8</v>
       </c>
       <c r="G285">
         <v>0.0</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286">
-        <v>185</v>
+        <v>204</v>
       </c>
       <c r="B286">
-        <v>2872467</v>
+        <v>1234992713</v>
       </c>
       <c r="D286" t="s">
         <v>295</v>
       </c>
       <c r="E286" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F286" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G286">
         <v>0.0</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287">
-        <v>184</v>
+        <v>203</v>
       </c>
       <c r="B287">
-        <v>1234993068</v>
+        <v>1234993075</v>
       </c>
       <c r="D287" t="s">
         <v>296</v>
       </c>
       <c r="E287" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="F287" t="s">
         <v>8</v>
       </c>
       <c r="G287">
         <v>0.0</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288">
-        <v>183</v>
+        <v>202</v>
       </c>
       <c r="B288">
-        <v>1234993066</v>
+        <v>1234993076</v>
       </c>
       <c r="D288" t="s">
         <v>297</v>
       </c>
       <c r="E288" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F288" t="s">
         <v>8</v>
       </c>
       <c r="G288">
         <v>0.0</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289">
-        <v>182</v>
+        <v>201</v>
       </c>
       <c r="B289">
-        <v>1234993065</v>
+        <v>1234992754</v>
       </c>
       <c r="D289" t="s">
         <v>298</v>
       </c>
       <c r="E289" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F289" t="s">
         <v>8</v>
       </c>
       <c r="G289">
         <v>0.0</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290">
-        <v>181</v>
+        <v>200</v>
       </c>
       <c r="B290">
-        <v>8722826</v>
+        <v>7639123</v>
       </c>
       <c r="D290" t="s">
         <v>299</v>
       </c>
       <c r="E290" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F290" t="s">
         <v>8</v>
       </c>
       <c r="G290">
         <v>0.0</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291">
-        <v>180</v>
+        <v>199</v>
       </c>
       <c r="B291">
-        <v>1234993064</v>
+        <v>1234993074</v>
       </c>
       <c r="D291" t="s">
         <v>300</v>
       </c>
       <c r="E291" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="F291" t="s">
         <v>8</v>
       </c>
       <c r="G291">
         <v>0.0</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292">
-        <v>179</v>
+        <v>198</v>
       </c>
       <c r="B292">
-        <v>1066515785</v>
+        <v>1234993073</v>
       </c>
       <c r="D292" t="s">
         <v>301</v>
       </c>
       <c r="E292" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="F292" t="s">
         <v>8</v>
       </c>
       <c r="G292">
         <v>0.0</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293">
-        <v>178</v>
+        <v>197</v>
       </c>
       <c r="B293">
-        <v>1234992805</v>
+        <v>1234993072</v>
       </c>
       <c r="D293" t="s">
         <v>302</v>
       </c>
       <c r="E293" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F293" t="s">
         <v>8</v>
       </c>
       <c r="G293">
         <v>0.0</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294">
-        <v>177</v>
+        <v>196</v>
       </c>
       <c r="B294">
-        <v>1234993059</v>
+        <v>1234993067</v>
       </c>
       <c r="D294" t="s">
         <v>303</v>
       </c>
       <c r="E294" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="F294" t="s">
         <v>8</v>
       </c>
       <c r="G294">
         <v>0.0</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295">
-        <v>176</v>
+        <v>195</v>
       </c>
       <c r="B295">
-        <v>1234993063</v>
+        <v>1234993071</v>
       </c>
       <c r="D295" t="s">
         <v>304</v>
       </c>
       <c r="E295" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F295" t="s">
         <v>8</v>
       </c>
       <c r="G295">
         <v>0.0</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296">
-        <v>175</v>
+        <v>194</v>
       </c>
       <c r="B296">
-        <v>1234993007</v>
+        <v>1234992560</v>
       </c>
       <c r="D296" t="s">
         <v>305</v>
       </c>
       <c r="E296" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F296" t="s">
         <v>8</v>
       </c>
       <c r="G296">
         <v>0.0</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297">
-        <v>174</v>
+        <v>193</v>
       </c>
       <c r="B297">
-        <v>1234993062</v>
+        <v>1234993070</v>
       </c>
       <c r="D297" t="s">
         <v>306</v>
       </c>
       <c r="E297" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F297" t="s">
         <v>8</v>
       </c>
       <c r="G297">
         <v>0.0</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298">
-        <v>173</v>
+        <v>192</v>
       </c>
       <c r="B298">
-        <v>1234993061</v>
+        <v>1234992677</v>
       </c>
       <c r="D298" t="s">
         <v>307</v>
       </c>
       <c r="E298" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F298" t="s">
         <v>8</v>
       </c>
       <c r="G298">
         <v>0.0</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299">
-        <v>172</v>
+        <v>191</v>
       </c>
       <c r="B299">
-        <v>1234993060</v>
+        <v>322597162</v>
       </c>
       <c r="D299" t="s">
         <v>308</v>
       </c>
       <c r="E299" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F299" t="s">
         <v>8</v>
       </c>
       <c r="G299">
         <v>0.0</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300">
-        <v>171</v>
+        <v>190</v>
       </c>
       <c r="B300">
-        <v>1234993058</v>
+        <v>301775790</v>
       </c>
       <c r="D300" t="s">
         <v>309</v>
       </c>
       <c r="E300" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F300" t="s">
         <v>8</v>
       </c>
       <c r="G300">
         <v>0.0</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301">
-        <v>170</v>
+        <v>189</v>
       </c>
       <c r="B301">
-        <v>1234993057</v>
+        <v>3559564</v>
       </c>
       <c r="D301" t="s">
         <v>310</v>
       </c>
       <c r="E301" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F301" t="s">
         <v>8</v>
       </c>
       <c r="G301">
         <v>0.0</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302">
-        <v>169</v>
+        <v>188</v>
       </c>
       <c r="B302">
-        <v>1234993056</v>
+        <v>1234993069</v>
       </c>
       <c r="D302" t="s">
         <v>311</v>
       </c>
       <c r="E302" t="s">
-        <v>115</v>
+        <v>134</v>
       </c>
       <c r="F302" t="s">
         <v>8</v>
       </c>
       <c r="G302">
         <v>0.0</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303">
-        <v>168</v>
+        <v>187</v>
       </c>
       <c r="B303">
-        <v>1234993054</v>
+        <v>304496754</v>
       </c>
       <c r="D303" t="s">
         <v>312</v>
       </c>
       <c r="E303" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F303" t="s">
         <v>8</v>
       </c>
       <c r="G303">
         <v>0.0</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304">
-        <v>167</v>
+        <v>186</v>
       </c>
       <c r="B304">
-        <v>1234993055</v>
+        <v>1234992993</v>
       </c>
       <c r="D304" t="s">
         <v>313</v>
       </c>
       <c r="E304" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F304" t="s">
         <v>8</v>
       </c>
       <c r="G304">
         <v>0.0</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305">
-        <v>166</v>
+        <v>185</v>
       </c>
       <c r="B305">
-        <v>1234993052</v>
+        <v>2872467</v>
       </c>
       <c r="D305" t="s">
         <v>314</v>
       </c>
       <c r="E305" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F305" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G305">
         <v>0.0</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306">
-        <v>165</v>
+        <v>184</v>
       </c>
       <c r="B306">
-        <v>1234993051</v>
+        <v>1234993068</v>
       </c>
       <c r="D306" t="s">
         <v>315</v>
       </c>
       <c r="E306" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F306" t="s">
         <v>8</v>
       </c>
       <c r="G306">
         <v>0.0</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307">
-        <v>164</v>
+        <v>183</v>
       </c>
       <c r="B307">
-        <v>43260048</v>
+        <v>1234993066</v>
       </c>
       <c r="D307" t="s">
         <v>316</v>
       </c>
       <c r="E307" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F307" t="s">
         <v>8</v>
       </c>
       <c r="G307">
         <v>0.0</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308">
-        <v>163</v>
+        <v>182</v>
       </c>
       <c r="B308">
-        <v>1234992797</v>
+        <v>1234993065</v>
       </c>
       <c r="D308" t="s">
         <v>317</v>
       </c>
       <c r="E308" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="F308" t="s">
         <v>8</v>
       </c>
       <c r="G308">
         <v>0.0</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309">
-        <v>162</v>
+        <v>181</v>
       </c>
       <c r="B309">
-        <v>1234993050</v>
+        <v>8722826</v>
       </c>
       <c r="D309" t="s">
         <v>318</v>
       </c>
       <c r="E309" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F309" t="s">
         <v>8</v>
       </c>
       <c r="G309">
         <v>0.0</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310">
-        <v>161</v>
+        <v>180</v>
       </c>
       <c r="B310">
-        <v>1234993047</v>
+        <v>1234993064</v>
       </c>
       <c r="D310" t="s">
         <v>319</v>
       </c>
       <c r="E310" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F310" t="s">
         <v>8</v>
       </c>
       <c r="G310">
         <v>0.0</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311">
-        <v>160</v>
+        <v>179</v>
       </c>
       <c r="B311">
-        <v>1234993045</v>
+        <v>1066515785</v>
       </c>
       <c r="D311" t="s">
         <v>320</v>
       </c>
       <c r="E311" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="F311" t="s">
         <v>8</v>
       </c>
       <c r="G311">
         <v>0.0</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312">
-        <v>159</v>
+        <v>178</v>
       </c>
       <c r="B312">
-        <v>1234993048</v>
+        <v>1234992805</v>
       </c>
       <c r="D312" t="s">
         <v>321</v>
       </c>
       <c r="E312" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F312" t="s">
         <v>8</v>
       </c>
       <c r="G312">
         <v>0.0</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313">
-        <v>158</v>
+        <v>177</v>
       </c>
       <c r="B313">
-        <v>1234993046</v>
+        <v>1234993059</v>
       </c>
       <c r="D313" t="s">
         <v>322</v>
       </c>
       <c r="E313" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="F313" t="s">
         <v>8</v>
       </c>
       <c r="G313">
         <v>0.0</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314">
-        <v>157</v>
+        <v>176</v>
       </c>
       <c r="B314">
-        <v>1234993044</v>
+        <v>1234993063</v>
       </c>
       <c r="D314" t="s">
         <v>323</v>
       </c>
       <c r="E314" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F314" t="s">
         <v>8</v>
       </c>
       <c r="G314">
         <v>0.0</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315">
-        <v>156</v>
+        <v>175</v>
       </c>
       <c r="B315">
-        <v>32305113</v>
+        <v>1234993007</v>
       </c>
       <c r="D315" t="s">
         <v>324</v>
       </c>
       <c r="E315" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F315" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G315">
-        <v>61130.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316">
-        <v>155</v>
+        <v>174</v>
       </c>
       <c r="B316">
-        <v>1234993043</v>
+        <v>1234993062</v>
       </c>
       <c r="D316" t="s">
         <v>325</v>
       </c>
       <c r="E316" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F316" t="s">
         <v>8</v>
       </c>
       <c r="G316">
         <v>0.0</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317">
-        <v>154</v>
+        <v>173</v>
       </c>
       <c r="B317">
-        <v>302217612</v>
+        <v>1234993061</v>
       </c>
       <c r="D317" t="s">
         <v>326</v>
       </c>
       <c r="E317" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F317" t="s">
         <v>8</v>
       </c>
       <c r="G317">
         <v>0.0</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318">
-        <v>153</v>
+        <v>172</v>
       </c>
       <c r="B318">
-        <v>1234992597</v>
+        <v>1234993060</v>
       </c>
       <c r="D318" t="s">
         <v>327</v>
       </c>
       <c r="E318" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F318" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G318">
         <v>0.0</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319">
-        <v>152</v>
+        <v>171</v>
       </c>
       <c r="B319">
-        <v>1234993042</v>
+        <v>1234993058</v>
       </c>
       <c r="D319" t="s">
         <v>328</v>
       </c>
       <c r="E319" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F319" t="s">
         <v>8</v>
       </c>
       <c r="G319">
         <v>0.0</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320">
-        <v>151</v>
+        <v>170</v>
       </c>
       <c r="B320">
-        <v>1234993039</v>
+        <v>1234993057</v>
       </c>
       <c r="D320" t="s">
         <v>329</v>
       </c>
       <c r="E320" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F320" t="s">
         <v>8</v>
       </c>
       <c r="G320">
         <v>0.0</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321">
-        <v>150</v>
+        <v>169</v>
       </c>
       <c r="B321">
-        <v>300367330</v>
+        <v>1234993056</v>
       </c>
       <c r="D321" t="s">
         <v>330</v>
       </c>
       <c r="E321" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="F321" t="s">
         <v>8</v>
       </c>
       <c r="G321">
         <v>0.0</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322">
-        <v>149</v>
+        <v>168</v>
       </c>
       <c r="B322">
-        <v>1234993040</v>
+        <v>1234993054</v>
       </c>
       <c r="D322" t="s">
         <v>331</v>
       </c>
       <c r="E322" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F322" t="s">
         <v>8</v>
       </c>
       <c r="G322">
         <v>0.0</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323">
-        <v>148</v>
+        <v>167</v>
       </c>
       <c r="B323">
-        <v>1234993036</v>
+        <v>1234993055</v>
       </c>
       <c r="D323" t="s">
         <v>332</v>
       </c>
       <c r="E323" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F323" t="s">
         <v>8</v>
       </c>
       <c r="G323">
         <v>0.0</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324">
-        <v>147</v>
+        <v>166</v>
       </c>
       <c r="B324">
-        <v>1234993038</v>
+        <v>1234993052</v>
       </c>
       <c r="D324" t="s">
         <v>333</v>
       </c>
       <c r="E324" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F324" t="s">
         <v>8</v>
       </c>
       <c r="G324">
         <v>0.0</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325">
-        <v>146</v>
+        <v>165</v>
       </c>
       <c r="B325">
-        <v>1234993041</v>
+        <v>1234993051</v>
       </c>
       <c r="D325" t="s">
         <v>334</v>
       </c>
       <c r="E325" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F325" t="s">
         <v>8</v>
       </c>
       <c r="G325">
         <v>0.0</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326">
-        <v>145</v>
+        <v>164</v>
       </c>
       <c r="B326">
-        <v>1234992940</v>
+        <v>43260048</v>
       </c>
       <c r="D326" t="s">
         <v>335</v>
       </c>
       <c r="E326" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F326" t="s">
         <v>8</v>
       </c>
       <c r="G326">
         <v>0.0</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327">
-        <v>144</v>
+        <v>163</v>
       </c>
       <c r="B327">
-        <v>1234993024</v>
+        <v>1234992797</v>
       </c>
       <c r="D327" t="s">
         <v>336</v>
       </c>
       <c r="E327" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="F327" t="s">
         <v>8</v>
       </c>
       <c r="G327">
         <v>0.0</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328">
-        <v>143</v>
+        <v>162</v>
       </c>
       <c r="B328">
-        <v>1234993037</v>
+        <v>1234993050</v>
       </c>
       <c r="D328" t="s">
         <v>337</v>
       </c>
       <c r="E328" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F328" t="s">
         <v>8</v>
       </c>
       <c r="G328">
         <v>0.0</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="B329">
-        <v>1234993035</v>
+        <v>1234993047</v>
       </c>
       <c r="D329" t="s">
         <v>338</v>
       </c>
       <c r="E329" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F329" t="s">
         <v>8</v>
       </c>
       <c r="G329">
         <v>0.0</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330">
-        <v>141</v>
+        <v>160</v>
       </c>
       <c r="B330">
-        <v>1234993034</v>
+        <v>1234993045</v>
       </c>
       <c r="D330" t="s">
         <v>339</v>
       </c>
       <c r="E330" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="F330" t="s">
         <v>8</v>
       </c>
       <c r="G330">
         <v>0.0</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331">
-        <v>140</v>
+        <v>159</v>
       </c>
       <c r="B331">
-        <v>1234993033</v>
+        <v>1234993048</v>
       </c>
       <c r="D331" t="s">
         <v>340</v>
       </c>
       <c r="E331" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F331" t="s">
         <v>8</v>
       </c>
       <c r="G331">
         <v>0.0</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332">
-        <v>139</v>
+        <v>158</v>
       </c>
       <c r="B332">
-        <v>1234993032</v>
+        <v>1234993046</v>
       </c>
       <c r="D332" t="s">
         <v>341</v>
       </c>
       <c r="E332" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F332" t="s">
         <v>8</v>
       </c>
       <c r="G332">
         <v>0.0</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333">
-        <v>138</v>
+        <v>157</v>
       </c>
       <c r="B333">
-        <v>1234993031</v>
+        <v>1234993044</v>
       </c>
       <c r="D333" t="s">
         <v>342</v>
       </c>
       <c r="E333" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F333" t="s">
         <v>8</v>
       </c>
       <c r="G333">
         <v>0.0</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B334">
-        <v>1234993028</v>
+        <v>32305113</v>
       </c>
       <c r="D334" t="s">
         <v>343</v>
       </c>
       <c r="E334" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F334" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G334">
-        <v>0.0</v>
+        <v>61130.0</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335">
-        <v>136</v>
+        <v>155</v>
       </c>
       <c r="B335">
-        <v>1234993030</v>
+        <v>1234993043</v>
       </c>
       <c r="D335" t="s">
         <v>344</v>
       </c>
       <c r="E335" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F335" t="s">
         <v>8</v>
       </c>
       <c r="G335">
         <v>0.0</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="B336">
-        <v>1234993029</v>
+        <v>302217612</v>
       </c>
       <c r="D336" t="s">
         <v>345</v>
       </c>
       <c r="E336" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F336" t="s">
         <v>8</v>
       </c>
       <c r="G336">
         <v>0.0</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="B337">
-        <v>1234993027</v>
+        <v>1234992597</v>
       </c>
       <c r="D337" t="s">
         <v>346</v>
       </c>
       <c r="E337" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F337" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G337">
         <v>0.0</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338">
-        <v>133</v>
+        <v>152</v>
       </c>
       <c r="B338">
-        <v>1234992497</v>
+        <v>1234993042</v>
       </c>
       <c r="D338" t="s">
         <v>347</v>
       </c>
       <c r="E338" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F338" t="s">
         <v>8</v>
       </c>
       <c r="G338">
         <v>0.0</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339">
-        <v>132</v>
+        <v>151</v>
       </c>
       <c r="B339">
-        <v>1007645443</v>
+        <v>1234993039</v>
       </c>
       <c r="D339" t="s">
         <v>348</v>
       </c>
       <c r="E339" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F339" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G339">
         <v>0.0</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340">
-        <v>131</v>
+        <v>150</v>
       </c>
       <c r="B340">
-        <v>1234993024</v>
+        <v>300367330</v>
       </c>
       <c r="D340" t="s">
         <v>349</v>
       </c>
       <c r="E340" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F340" t="s">
         <v>8</v>
       </c>
       <c r="G340">
         <v>0.0</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341">
-        <v>130</v>
+        <v>149</v>
       </c>
       <c r="B341">
-        <v>1234992807</v>
+        <v>1234993040</v>
       </c>
       <c r="D341" t="s">
         <v>350</v>
       </c>
       <c r="E341" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F341" t="s">
         <v>8</v>
       </c>
       <c r="G341">
         <v>0.0</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342">
-        <v>129</v>
+        <v>148</v>
       </c>
       <c r="B342">
-        <v>1234993026</v>
+        <v>1234993036</v>
       </c>
       <c r="D342" t="s">
         <v>351</v>
       </c>
       <c r="E342" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F342" t="s">
         <v>8</v>
       </c>
       <c r="G342">
         <v>0.0</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="B343">
-        <v>1234993025</v>
+        <v>1234993038</v>
       </c>
       <c r="D343" t="s">
         <v>352</v>
       </c>
       <c r="E343" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F343" t="s">
         <v>8</v>
       </c>
       <c r="G343">
         <v>0.0</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344">
-        <v>127</v>
+        <v>146</v>
       </c>
       <c r="B344">
-        <v>1234992842</v>
+        <v>1234993041</v>
       </c>
       <c r="D344" t="s">
         <v>353</v>
       </c>
       <c r="E344" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F344" t="s">
         <v>8</v>
       </c>
       <c r="G344">
         <v>0.0</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="B345">
-        <v>1234993023</v>
+        <v>1234992940</v>
       </c>
       <c r="D345" t="s">
         <v>354</v>
       </c>
       <c r="E345" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F345" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G345">
         <v>0.0</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346">
-        <v>125</v>
+        <v>144</v>
       </c>
       <c r="B346">
-        <v>1234993021</v>
+        <v>1234993024</v>
       </c>
       <c r="D346" t="s">
         <v>355</v>
       </c>
       <c r="E346" t="s">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="F346" t="s">
         <v>8</v>
       </c>
       <c r="G346">
         <v>0.0</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="B347">
-        <v>1234992560</v>
+        <v>1234993037</v>
       </c>
       <c r="D347" t="s">
         <v>356</v>
       </c>
       <c r="E347" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F347" t="s">
         <v>8</v>
       </c>
       <c r="G347">
         <v>0.0</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348">
-        <v>123</v>
+        <v>142</v>
       </c>
       <c r="B348">
-        <v>1234992560</v>
+        <v>1234993035</v>
       </c>
       <c r="D348" t="s">
         <v>357</v>
       </c>
       <c r="E348" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F348" t="s">
         <v>8</v>
       </c>
       <c r="G348">
         <v>0.0</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349">
-        <v>122</v>
+        <v>141</v>
       </c>
       <c r="B349">
-        <v>1234992887</v>
+        <v>1234993034</v>
       </c>
       <c r="D349" t="s">
         <v>358</v>
       </c>
       <c r="E349" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F349" t="s">
         <v>8</v>
       </c>
       <c r="G349">
         <v>0.0</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350">
-        <v>121</v>
+        <v>140</v>
       </c>
       <c r="B350">
-        <v>1234993020</v>
+        <v>1234993033</v>
       </c>
       <c r="D350" t="s">
         <v>359</v>
       </c>
       <c r="E350" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F350" t="s">
         <v>8</v>
       </c>
       <c r="G350">
         <v>0.0</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351">
-        <v>120</v>
+        <v>139</v>
       </c>
       <c r="B351">
-        <v>1234993021</v>
+        <v>1234993032</v>
       </c>
       <c r="D351" t="s">
         <v>360</v>
       </c>
       <c r="E351" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="F351" t="s">
         <v>8</v>
       </c>
       <c r="G351">
         <v>0.0</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352">
-        <v>119</v>
+        <v>138</v>
       </c>
       <c r="B352">
-        <v>1234993017</v>
+        <v>1234993031</v>
       </c>
       <c r="D352" t="s">
         <v>361</v>
       </c>
       <c r="E352" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F352" t="s">
         <v>8</v>
       </c>
       <c r="G352">
         <v>0.0</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353">
-        <v>118</v>
+        <v>137</v>
       </c>
       <c r="B353">
-        <v>1234993019</v>
+        <v>1234993028</v>
       </c>
       <c r="D353" t="s">
         <v>362</v>
       </c>
       <c r="E353" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="F353" t="s">
         <v>8</v>
       </c>
       <c r="G353">
         <v>0.0</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354">
-        <v>117</v>
+        <v>136</v>
       </c>
       <c r="B354">
-        <v>1234993018</v>
+        <v>1234993030</v>
       </c>
       <c r="D354" t="s">
         <v>363</v>
       </c>
       <c r="E354" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F354" t="s">
         <v>8</v>
       </c>
       <c r="G354">
         <v>0.0</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355">
-        <v>116</v>
+        <v>135</v>
       </c>
       <c r="B355">
-        <v>1234992526</v>
+        <v>1234993029</v>
       </c>
       <c r="D355" t="s">
         <v>364</v>
       </c>
       <c r="E355" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F355" t="s">
         <v>8</v>
       </c>
       <c r="G355">
         <v>0.0</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356">
-        <v>115</v>
+        <v>134</v>
       </c>
       <c r="B356">
-        <v>32464944</v>
+        <v>1234993027</v>
       </c>
       <c r="D356" t="s">
         <v>365</v>
       </c>
       <c r="E356" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F356" t="s">
         <v>8</v>
       </c>
       <c r="G356">
         <v>0.0</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357">
-        <v>114</v>
+        <v>133</v>
       </c>
       <c r="B357">
-        <v>1234992776</v>
+        <v>1234992497</v>
       </c>
       <c r="D357" t="s">
         <v>366</v>
       </c>
       <c r="E357" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F357" t="s">
         <v>8</v>
       </c>
       <c r="G357">
         <v>0.0</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="B358">
-        <v>1234993015</v>
+        <v>1007645443</v>
       </c>
       <c r="D358" t="s">
         <v>367</v>
       </c>
       <c r="E358" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F358" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G358">
         <v>0.0</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359">
-        <v>112</v>
+        <v>131</v>
       </c>
       <c r="B359">
-        <v>1234993014</v>
+        <v>1234993024</v>
       </c>
       <c r="D359" t="s">
         <v>368</v>
       </c>
       <c r="E359" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="F359" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G359">
         <v>0.0</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="B360">
-        <v>1234993013</v>
+        <v>1234992807</v>
       </c>
       <c r="D360" t="s">
         <v>369</v>
       </c>
       <c r="E360" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="F360" t="s">
         <v>8</v>
       </c>
       <c r="G360">
         <v>0.0</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361">
-        <v>110</v>
+        <v>129</v>
       </c>
       <c r="B361">
-        <v>1234993012</v>
+        <v>1234993026</v>
       </c>
       <c r="D361" t="s">
         <v>370</v>
       </c>
       <c r="E361" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F361" t="s">
         <v>8</v>
       </c>
       <c r="G361">
         <v>0.0</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="B362">
-        <v>315575772</v>
+        <v>1234993025</v>
       </c>
       <c r="D362" t="s">
         <v>371</v>
       </c>
       <c r="E362" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F362" t="s">
         <v>8</v>
       </c>
       <c r="G362">
         <v>0.0</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363">
-        <v>108</v>
+        <v>127</v>
       </c>
       <c r="B363">
-        <v>1234993011</v>
+        <v>1234992842</v>
       </c>
       <c r="D363" t="s">
         <v>372</v>
       </c>
       <c r="E363" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F363" t="s">
         <v>8</v>
       </c>
       <c r="G363">
         <v>0.0</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364">
-        <v>107</v>
+        <v>126</v>
       </c>
       <c r="B364">
-        <v>1234992604</v>
+        <v>1234993023</v>
       </c>
       <c r="D364" t="s">
         <v>373</v>
       </c>
       <c r="E364" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F364" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G364">
-        <v>451390.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365">
-        <v>106</v>
+        <v>125</v>
       </c>
       <c r="B365">
-        <v>1234992820</v>
+        <v>1234993021</v>
       </c>
       <c r="D365" t="s">
         <v>374</v>
       </c>
       <c r="E365" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F365" t="s">
         <v>8</v>
       </c>
       <c r="G365">
         <v>0.0</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366">
-        <v>105</v>
+        <v>124</v>
       </c>
       <c r="B366">
-        <v>1234993010</v>
+        <v>1234992560</v>
       </c>
       <c r="D366" t="s">
         <v>375</v>
       </c>
       <c r="E366" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F366" t="s">
         <v>8</v>
       </c>
       <c r="G366">
         <v>0.0</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367">
-        <v>104</v>
+        <v>123</v>
       </c>
       <c r="B367">
-        <v>1234993009</v>
+        <v>1234992560</v>
       </c>
       <c r="D367" t="s">
         <v>376</v>
       </c>
       <c r="E367" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="F367" t="s">
         <v>8</v>
       </c>
       <c r="G367">
         <v>0.0</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368">
-        <v>103</v>
+        <v>122</v>
       </c>
       <c r="B368">
-        <v>1234993008</v>
+        <v>1234992887</v>
       </c>
       <c r="D368" t="s">
         <v>377</v>
       </c>
       <c r="E368" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F368" t="s">
         <v>8</v>
       </c>
       <c r="G368">
         <v>0.0</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369">
-        <v>102</v>
+        <v>121</v>
       </c>
       <c r="B369">
-        <v>1234993005</v>
+        <v>1234993020</v>
       </c>
       <c r="D369" t="s">
         <v>378</v>
       </c>
       <c r="E369" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F369" t="s">
         <v>8</v>
       </c>
       <c r="G369">
         <v>0.0</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370">
-        <v>101</v>
+        <v>120</v>
       </c>
       <c r="B370">
-        <v>1234993007</v>
+        <v>1234993021</v>
       </c>
       <c r="D370" t="s">
         <v>379</v>
       </c>
       <c r="E370" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F370" t="s">
         <v>8</v>
       </c>
       <c r="G370">
         <v>0.0</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="B371">
-        <v>1234993006</v>
+        <v>1234993017</v>
       </c>
       <c r="D371" t="s">
         <v>380</v>
       </c>
       <c r="E371" t="s">
-        <v>115</v>
+        <v>147</v>
       </c>
       <c r="F371" t="s">
         <v>8</v>
       </c>
       <c r="G371">
         <v>0.0</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372">
-        <v>99</v>
+        <v>118</v>
       </c>
       <c r="B372">
-        <v>1234993004</v>
+        <v>1234993019</v>
       </c>
       <c r="D372" t="s">
         <v>381</v>
       </c>
       <c r="E372" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F372" t="s">
         <v>8</v>
       </c>
       <c r="G372">
         <v>0.0</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="B373">
-        <v>1234993002</v>
+        <v>1234993018</v>
       </c>
       <c r="D373" t="s">
         <v>382</v>
       </c>
       <c r="E373" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F373" t="s">
         <v>8</v>
       </c>
       <c r="G373">
         <v>0.0</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374">
-        <v>97</v>
+        <v>116</v>
       </c>
       <c r="B374">
-        <v>1234992734</v>
+        <v>1234992526</v>
       </c>
       <c r="D374" t="s">
         <v>383</v>
       </c>
       <c r="E374" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F374" t="s">
         <v>8</v>
       </c>
       <c r="G374">
         <v>0.0</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375">
-        <v>96</v>
+        <v>115</v>
       </c>
       <c r="B375">
-        <v>1234993001</v>
+        <v>32464944</v>
       </c>
       <c r="D375" t="s">
         <v>384</v>
       </c>
       <c r="E375" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="F375" t="s">
         <v>8</v>
       </c>
       <c r="G375">
         <v>0.0</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="B376">
-        <v>71587020</v>
+        <v>1234992776</v>
       </c>
       <c r="D376" t="s">
         <v>385</v>
       </c>
       <c r="E376" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F376" t="s">
         <v>8</v>
       </c>
       <c r="G376">
         <v>0.0</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="B377">
-        <v>1234992822</v>
+        <v>1234993015</v>
       </c>
       <c r="D377" t="s">
         <v>386</v>
       </c>
       <c r="E377" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="F377" t="s">
         <v>8</v>
       </c>
       <c r="G377">
         <v>0.0</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="B378">
-        <v>1234992558</v>
+        <v>1234993014</v>
       </c>
       <c r="D378" t="s">
         <v>387</v>
       </c>
       <c r="E378" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F378" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G378">
         <v>0.0</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379">
-        <v>92</v>
+        <v>111</v>
       </c>
       <c r="B379">
-        <v>1234992823</v>
+        <v>1234993013</v>
       </c>
       <c r="D379" t="s">
         <v>388</v>
       </c>
       <c r="E379" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F379" t="s">
         <v>8</v>
       </c>
       <c r="G379">
         <v>0.0</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380">
-        <v>91</v>
+        <v>110</v>
       </c>
       <c r="B380">
-        <v>1234993000</v>
+        <v>1234993012</v>
       </c>
       <c r="D380" t="s">
         <v>389</v>
       </c>
       <c r="E380" t="s">
-        <v>115</v>
+        <v>145</v>
       </c>
       <c r="F380" t="s">
         <v>8</v>
       </c>
       <c r="G380">
         <v>0.0</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381">
-        <v>90</v>
+        <v>109</v>
       </c>
       <c r="B381">
         <v>315575772</v>
       </c>
       <c r="D381" t="s">
         <v>390</v>
       </c>
       <c r="E381" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F381" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G381">
         <v>0.0</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382">
-        <v>89</v>
+        <v>108</v>
       </c>
       <c r="B382">
-        <v>1234992999</v>
+        <v>1234993011</v>
       </c>
       <c r="D382" t="s">
         <v>391</v>
       </c>
       <c r="E382" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F382" t="s">
         <v>8</v>
       </c>
       <c r="G382">
         <v>0.0</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383">
-        <v>88</v>
+        <v>107</v>
       </c>
       <c r="B383">
-        <v>1234992560</v>
+        <v>1234992604</v>
       </c>
       <c r="D383" t="s">
         <v>392</v>
       </c>
       <c r="E383" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F383" t="s">
         <v>8</v>
       </c>
       <c r="G383">
-        <v>0.0</v>
+        <v>451390.0</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384">
-        <v>87</v>
+        <v>106</v>
       </c>
       <c r="B384">
-        <v>1234992998</v>
+        <v>1234992820</v>
       </c>
       <c r="D384" t="s">
         <v>393</v>
       </c>
       <c r="E384" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F384" t="s">
         <v>8</v>
       </c>
       <c r="G384">
         <v>0.0</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385">
-        <v>86</v>
+        <v>105</v>
       </c>
       <c r="B385">
-        <v>310692839</v>
+        <v>1234993010</v>
       </c>
       <c r="D385" t="s">
         <v>394</v>
       </c>
       <c r="E385" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F385" t="s">
         <v>8</v>
       </c>
       <c r="G385">
         <v>0.0</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386">
-        <v>85</v>
+        <v>104</v>
       </c>
       <c r="B386">
-        <v>1234992519</v>
+        <v>1234993009</v>
       </c>
       <c r="D386" t="s">
         <v>395</v>
       </c>
       <c r="E386" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
       <c r="F386" t="s">
         <v>8</v>
       </c>
       <c r="G386">
         <v>0.0</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="B387">
-        <v>1234992997</v>
+        <v>1234993008</v>
       </c>
       <c r="D387" t="s">
         <v>396</v>
       </c>
       <c r="E387" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F387" t="s">
         <v>8</v>
       </c>
       <c r="G387">
         <v>0.0</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="B388">
-        <v>1234992497</v>
+        <v>1234993005</v>
       </c>
       <c r="D388" t="s">
         <v>397</v>
       </c>
       <c r="E388" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F388" t="s">
         <v>8</v>
       </c>
       <c r="G388">
         <v>0.0</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="B389">
-        <v>42693484</v>
+        <v>1234993007</v>
       </c>
       <c r="D389" t="s">
         <v>398</v>
       </c>
       <c r="E389" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F389" t="s">
         <v>8</v>
       </c>
       <c r="G389">
         <v>0.0</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="B390">
-        <v>1234992664</v>
+        <v>1234993006</v>
       </c>
       <c r="D390" t="s">
         <v>399</v>
       </c>
       <c r="E390" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="F390" t="s">
         <v>8</v>
       </c>
       <c r="G390">
         <v>0.0</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391">
-        <v>80</v>
+        <v>99</v>
       </c>
       <c r="B391">
-        <v>1234992996</v>
+        <v>1234993004</v>
       </c>
       <c r="D391" t="s">
         <v>400</v>
       </c>
       <c r="E391" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F391" t="s">
         <v>8</v>
       </c>
       <c r="G391">
         <v>0.0</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="B392">
-        <v>1234992995</v>
+        <v>1234993002</v>
       </c>
       <c r="D392" t="s">
         <v>401</v>
       </c>
       <c r="E392" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F392" t="s">
         <v>8</v>
       </c>
       <c r="G392">
         <v>0.0</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="B393">
-        <v>1234992994</v>
+        <v>1234992734</v>
       </c>
       <c r="D393" t="s">
         <v>402</v>
       </c>
       <c r="E393" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F393" t="s">
         <v>8</v>
       </c>
       <c r="G393">
-        <v>123920.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394">
-        <v>77</v>
+        <v>96</v>
       </c>
       <c r="B394">
-        <v>1234992889</v>
+        <v>1234993001</v>
       </c>
       <c r="D394" t="s">
         <v>403</v>
       </c>
       <c r="E394" t="s">
-        <v>115</v>
+        <v>134</v>
       </c>
       <c r="F394" t="s">
         <v>8</v>
       </c>
       <c r="G394">
         <v>0.0</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="B395">
-        <v>1234992712</v>
+        <v>71587020</v>
       </c>
       <c r="D395" t="s">
         <v>404</v>
       </c>
       <c r="E395" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F395" t="s">
         <v>8</v>
       </c>
       <c r="G395">
         <v>0.0</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396">
-        <v>75</v>
+        <v>94</v>
       </c>
       <c r="B396">
-        <v>43165473</v>
+        <v>1234992822</v>
       </c>
       <c r="D396" t="s">
         <v>405</v>
       </c>
       <c r="E396" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F396" t="s">
         <v>8</v>
       </c>
       <c r="G396">
         <v>0.0</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="B397">
-        <v>1</v>
+        <v>1234992558</v>
       </c>
       <c r="D397" t="s">
         <v>406</v>
       </c>
       <c r="E397" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="F397" t="s">
         <v>8</v>
       </c>
       <c r="G397">
-        <v>13.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398">
-        <v>73</v>
+        <v>92</v>
       </c>
       <c r="B398">
-        <v>1234992602</v>
+        <v>1234992823</v>
       </c>
       <c r="D398" t="s">
         <v>407</v>
       </c>
       <c r="E398" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="F398" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G398">
         <v>0.0</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="B399">
-        <v>1234992993</v>
+        <v>1234993000</v>
       </c>
       <c r="D399" t="s">
         <v>408</v>
       </c>
       <c r="E399" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="F399" t="s">
         <v>8</v>
       </c>
       <c r="G399">
         <v>0.0</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400">
-        <v>71</v>
+        <v>90</v>
       </c>
       <c r="B400">
-        <v>1234992712</v>
+        <v>315575772</v>
       </c>
       <c r="D400" t="s">
         <v>409</v>
       </c>
       <c r="E400" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F400" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G400">
         <v>0.0</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401">
-        <v>70</v>
+        <v>89</v>
       </c>
       <c r="B401">
-        <v>1234992509</v>
+        <v>1234992999</v>
       </c>
       <c r="D401" t="s">
         <v>410</v>
       </c>
       <c r="E401" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F401" t="s">
         <v>8</v>
       </c>
       <c r="G401">
         <v>0.0</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="B402">
-        <v>1234992992</v>
+        <v>1234992560</v>
       </c>
       <c r="D402" t="s">
         <v>411</v>
       </c>
       <c r="E402" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F402" t="s">
         <v>8</v>
       </c>
       <c r="G402">
         <v>0.0</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="B403">
-        <v>1234992786</v>
+        <v>1234992998</v>
       </c>
       <c r="D403" t="s">
         <v>412</v>
       </c>
       <c r="E403" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="F403" t="s">
         <v>8</v>
       </c>
       <c r="G403">
         <v>0.0</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404">
-        <v>67</v>
+        <v>86</v>
       </c>
       <c r="B404">
-        <v>1234992734</v>
+        <v>310692839</v>
       </c>
       <c r="D404" t="s">
         <v>413</v>
       </c>
       <c r="E404" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F404" t="s">
         <v>8</v>
       </c>
       <c r="G404">
         <v>0.0</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="B405">
-        <v>1234992991</v>
+        <v>1234992519</v>
       </c>
       <c r="D405" t="s">
         <v>414</v>
       </c>
       <c r="E405" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F405" t="s">
         <v>8</v>
       </c>
       <c r="G405">
         <v>0.0</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406">
-        <v>65</v>
+        <v>84</v>
       </c>
       <c r="B406">
-        <v>315575772</v>
+        <v>1234992997</v>
       </c>
       <c r="D406" t="s">
         <v>415</v>
       </c>
       <c r="E406" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F406" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G406">
         <v>0.0</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407">
-        <v>64</v>
+        <v>83</v>
       </c>
       <c r="B407">
-        <v>1234992732</v>
+        <v>1234992497</v>
       </c>
       <c r="D407" t="s">
         <v>416</v>
       </c>
       <c r="E407" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F407" t="s">
         <v>8</v>
       </c>
       <c r="G407">
         <v>0.0</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="B408">
-        <v>1234992732</v>
+        <v>42693484</v>
       </c>
       <c r="D408" t="s">
         <v>417</v>
       </c>
       <c r="E408" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F408" t="s">
         <v>8</v>
       </c>
       <c r="G408">
         <v>0.0</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="B409">
-        <v>1234992525</v>
+        <v>1234992664</v>
       </c>
       <c r="D409" t="s">
         <v>418</v>
       </c>
       <c r="E409" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F409" t="s">
         <v>8</v>
       </c>
       <c r="G409">
         <v>0.0</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="B410">
-        <v>1234992674</v>
+        <v>1234992996</v>
       </c>
       <c r="D410" t="s">
         <v>419</v>
       </c>
       <c r="E410" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="F410" t="s">
         <v>8</v>
       </c>
       <c r="G410">
         <v>0.0</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="B411">
-        <v>1234992732</v>
+        <v>1234992995</v>
       </c>
       <c r="D411" t="s">
         <v>420</v>
       </c>
       <c r="E411" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F411" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G411">
         <v>0.0</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412">
-        <v>59</v>
+        <v>78</v>
       </c>
       <c r="B412">
-        <v>1</v>
+        <v>1234992994</v>
       </c>
       <c r="D412" t="s">
         <v>421</v>
       </c>
       <c r="E412" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="F412" t="s">
         <v>8</v>
       </c>
       <c r="G412">
-        <v>0.0</v>
+        <v>123920.0</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="B413">
-        <v>0</v>
+        <v>1234992889</v>
       </c>
       <c r="D413" t="s">
         <v>422</v>
       </c>
+      <c r="E413" t="s">
+        <v>134</v>
+      </c>
       <c r="F413" t="s">
         <v>8</v>
       </c>
       <c r="G413">
         <v>0.0</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="B414">
-        <v>1026257318</v>
+        <v>1234992712</v>
       </c>
       <c r="D414" t="s">
         <v>423</v>
       </c>
       <c r="E414" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="F414" t="s">
         <v>8</v>
       </c>
       <c r="G414">
         <v>0.0</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415">
-        <v>56</v>
+        <v>75</v>
       </c>
       <c r="B415">
-        <v>0</v>
+        <v>43165473</v>
       </c>
       <c r="D415" t="s">
         <v>424</v>
       </c>
+      <c r="E415" t="s">
+        <v>132</v>
+      </c>
       <c r="F415" t="s">
         <v>8</v>
       </c>
       <c r="G415">
         <v>0.0</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416">
-        <v>55</v>
+        <v>74</v>
       </c>
       <c r="B416">
-        <v>1026257318</v>
+        <v>1</v>
       </c>
       <c r="D416" t="s">
         <v>425</v>
       </c>
       <c r="E416" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F416" t="s">
         <v>8</v>
       </c>
       <c r="G416">
-        <v>0.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417">
-        <v>54</v>
+        <v>73</v>
       </c>
       <c r="B417">
-        <v>1026257318</v>
+        <v>1234992602</v>
       </c>
       <c r="D417" t="s">
         <v>426</v>
       </c>
       <c r="E417" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="F417" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G417">
         <v>0.0</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="B418">
-        <v>1026257318</v>
+        <v>1234992993</v>
       </c>
       <c r="D418" t="s">
         <v>427</v>
       </c>
       <c r="E418" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="F418" t="s">
         <v>8</v>
       </c>
       <c r="G418">
         <v>0.0</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419">
-        <v>52</v>
+        <v>71</v>
       </c>
       <c r="B419">
-        <v>10</v>
+        <v>1234992712</v>
       </c>
       <c r="D419" t="s">
         <v>428</v>
       </c>
       <c r="E419" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="F419" t="s">
         <v>8</v>
       </c>
       <c r="G419">
         <v>0.0</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420">
-        <v>49</v>
+        <v>70</v>
       </c>
       <c r="B420">
-        <v>10</v>
+        <v>1234992509</v>
       </c>
       <c r="D420" t="s">
         <v>429</v>
       </c>
       <c r="E420" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="F420" t="s">
         <v>8</v>
       </c>
       <c r="G420">
         <v>0.0</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="B421">
-        <v>1026257318</v>
+        <v>1234992992</v>
       </c>
       <c r="D421" t="s">
         <v>430</v>
       </c>
       <c r="E421" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="F421" t="s">
         <v>8</v>
       </c>
       <c r="G421">
         <v>0.0</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="B422">
-        <v>0</v>
+        <v>1234992786</v>
       </c>
       <c r="D422" t="s">
         <v>431</v>
       </c>
+      <c r="E422" t="s">
+        <v>134</v>
+      </c>
       <c r="F422" t="s">
         <v>8</v>
       </c>
       <c r="G422">
         <v>0.0</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="B423">
-        <v>10</v>
+        <v>1234992734</v>
       </c>
       <c r="D423" t="s">
         <v>432</v>
       </c>
       <c r="E423" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="F423" t="s">
         <v>8</v>
       </c>
       <c r="G423">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="B424">
-        <v>10</v>
+        <v>1234992991</v>
       </c>
       <c r="D424" t="s">
         <v>433</v>
       </c>
       <c r="E424" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="F424" t="s">
         <v>8</v>
       </c>
       <c r="G424">
         <v>0.0</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="B425">
-        <v>1026257318</v>
+        <v>315575772</v>
       </c>
       <c r="D425" t="s">
         <v>434</v>
       </c>
       <c r="E425" t="s">
-        <v>33</v>
+        <v>147</v>
       </c>
       <c r="F425" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G425">
         <v>0.0</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B426">
-        <v>0</v>
+        <v>1234992732</v>
       </c>
       <c r="D426" t="s">
         <v>435</v>
       </c>
+      <c r="E426" t="s">
+        <v>147</v>
+      </c>
       <c r="F426" t="s">
         <v>8</v>
       </c>
       <c r="G426">
         <v>0.0</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="B427">
-        <v>1026257312</v>
+        <v>1234992732</v>
       </c>
       <c r="D427" t="s">
         <v>436</v>
       </c>
       <c r="E427" t="s">
-        <v>33</v>
+        <v>147</v>
       </c>
       <c r="F427" t="s">
         <v>8</v>
       </c>
       <c r="G427">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="B428">
-        <v>123456789</v>
+        <v>1234992525</v>
       </c>
       <c r="D428" t="s">
         <v>437</v>
       </c>
       <c r="E428" t="s">
-        <v>33</v>
+        <v>147</v>
       </c>
       <c r="F428" t="s">
         <v>8</v>
       </c>
       <c r="G428">
         <v>0.0</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="B429">
-        <v>123456789</v>
+        <v>1234992674</v>
       </c>
       <c r="D429" t="s">
         <v>438</v>
       </c>
       <c r="E429" t="s">
-        <v>33</v>
+        <v>147</v>
       </c>
       <c r="F429" t="s">
         <v>8</v>
       </c>
       <c r="G429">
-        <v>5115.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430">
-        <v>39</v>
+        <v>60</v>
       </c>
       <c r="B430">
-        <v>123456789</v>
+        <v>1234992732</v>
       </c>
       <c r="D430" t="s">
         <v>439</v>
       </c>
       <c r="E430" t="s">
-        <v>33</v>
+        <v>147</v>
       </c>
       <c r="F430" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G430">
         <v>0.0</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="B431">
-        <v>123456789</v>
+        <v>1</v>
       </c>
       <c r="D431" t="s">
         <v>440</v>
       </c>
       <c r="E431" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F431" t="s">
         <v>8</v>
       </c>
       <c r="G431">
         <v>0.0</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="B432">
-        <v>1026257317</v>
+        <v>0</v>
       </c>
       <c r="D432" t="s">
         <v>441</v>
       </c>
-      <c r="E432" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F432" t="s">
         <v>8</v>
       </c>
       <c r="G432">
         <v>0.0</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="B433">
-        <v>10</v>
+        <v>1026257318</v>
       </c>
       <c r="D433" t="s">
         <v>442</v>
       </c>
       <c r="E433" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F433" t="s">
         <v>8</v>
       </c>
       <c r="G433">
         <v>0.0</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="B434">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="D434" t="s">
         <v>443</v>
       </c>
       <c r="F434" t="s">
         <v>8</v>
       </c>
       <c r="G434">
-        <v>33.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="B435">
-        <v>10</v>
+        <v>1026257318</v>
       </c>
       <c r="D435" t="s">
         <v>444</v>
       </c>
       <c r="E435" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F435" t="s">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="G435">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="B436">
-        <v>1026257312</v>
+        <v>1026257318</v>
       </c>
       <c r="D436" t="s">
         <v>445</v>
       </c>
       <c r="E436" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F436" t="s">
         <v>8</v>
       </c>
       <c r="G436">
         <v>0.0</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="B437">
-        <v>1026257310</v>
+        <v>1026257318</v>
       </c>
       <c r="D437" t="s">
         <v>446</v>
       </c>
       <c r="E437" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F437" t="s">
         <v>8</v>
       </c>
       <c r="G437">
         <v>0.0</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="B438">
         <v>10</v>
       </c>
       <c r="D438" t="s">
         <v>447</v>
       </c>
       <c r="E438" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F438" t="s">
         <v>8</v>
       </c>
       <c r="G438">
         <v>0.0</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439">
-        <v>30</v>
+        <v>49</v>
       </c>
       <c r="B439">
-        <v>1026257311</v>
+        <v>10</v>
       </c>
       <c r="D439" t="s">
         <v>448</v>
       </c>
       <c r="E439" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F439" t="s">
         <v>8</v>
       </c>
       <c r="G439">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440">
-        <v>29</v>
+        <v>48</v>
       </c>
       <c r="B440">
-        <v>123456789</v>
+        <v>1026257318</v>
       </c>
       <c r="D440" t="s">
         <v>449</v>
       </c>
       <c r="E440" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F440" t="s">
         <v>8</v>
       </c>
       <c r="G440">
-        <v>12.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="B441">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D441" t="s">
         <v>450</v>
       </c>
-      <c r="E441" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F441" t="s">
-        <v>235</v>
+        <v>8</v>
       </c>
       <c r="G441">
         <v>0.0</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="B442">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D442" t="s">
         <v>451</v>
       </c>
       <c r="E442" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F442" t="s">
         <v>8</v>
       </c>
       <c r="G442">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="B443">
-        <v>31373771</v>
+        <v>10</v>
       </c>
       <c r="D443" t="s">
         <v>452</v>
       </c>
       <c r="E443" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F443" t="s">
         <v>8</v>
       </c>
       <c r="G443">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="B444">
-        <v>123</v>
+        <v>1026257318</v>
       </c>
       <c r="D444" t="s">
         <v>453</v>
       </c>
       <c r="E444" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F444" t="s">
         <v>8</v>
       </c>
       <c r="G444">
         <v>0.0</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="B445">
-        <v>123</v>
+        <v>0</v>
       </c>
       <c r="D445" t="s">
         <v>454</v>
       </c>
-      <c r="E445" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F445" t="s">
         <v>8</v>
       </c>
       <c r="G445">
         <v>0.0</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="B446">
-        <v>123</v>
+        <v>1026257312</v>
       </c>
       <c r="D446" t="s">
         <v>455</v>
       </c>
       <c r="E446" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F446" t="s">
         <v>8</v>
       </c>
       <c r="G446">
-        <v>0.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="B447">
-        <v>123</v>
+        <v>123456789</v>
       </c>
       <c r="D447" t="s">
         <v>456</v>
       </c>
       <c r="E447" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F447" t="s">
         <v>8</v>
       </c>
       <c r="G447">
         <v>0.0</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="B448">
-        <v>123</v>
+        <v>123456789</v>
       </c>
       <c r="D448" t="s">
         <v>457</v>
       </c>
       <c r="E448" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F448" t="s">
         <v>8</v>
       </c>
       <c r="G448">
-        <v>0.0</v>
+        <v>5115.0</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="B449">
-        <v>123</v>
+        <v>123456789</v>
       </c>
       <c r="D449" t="s">
         <v>458</v>
       </c>
       <c r="E449" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F449" t="s">
         <v>8</v>
       </c>
       <c r="G449">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="B450">
-        <v>123</v>
+        <v>123456789</v>
       </c>
       <c r="D450" t="s">
         <v>459</v>
       </c>
       <c r="E450" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F450" t="s">
         <v>8</v>
       </c>
       <c r="G450">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="B451">
-        <v>123</v>
+        <v>1026257317</v>
       </c>
       <c r="D451" t="s">
         <v>460</v>
       </c>
       <c r="E451" t="s">
-        <v>33</v>
+        <v>132</v>
       </c>
       <c r="F451" t="s">
         <v>8</v>
       </c>
       <c r="G451">
         <v>0.0</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="B452">
         <v>10</v>
       </c>
       <c r="D452" t="s">
         <v>461</v>
       </c>
       <c r="E452" t="s">
-        <v>33</v>
+        <v>52</v>
       </c>
       <c r="F452" t="s">
         <v>8</v>
       </c>
       <c r="G452">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="B453">
-        <v>6210772</v>
+        <v>10</v>
       </c>
       <c r="D453" t="s">
         <v>462</v>
       </c>
-      <c r="E453" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F453" t="s">
         <v>8</v>
       </c>
       <c r="G453">
-        <v>0.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="B454">
-        <v>300367330</v>
+        <v>10</v>
       </c>
       <c r="D454" t="s">
         <v>463</v>
       </c>
       <c r="E454" t="s">
-        <v>113</v>
+        <v>52</v>
       </c>
       <c r="F454" t="s">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="G454">
-        <v>0.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="B455">
-        <v>6210772</v>
+        <v>1026257312</v>
       </c>
       <c r="D455" t="s">
         <v>464</v>
       </c>
       <c r="E455" t="s">
-        <v>128</v>
+        <v>52</v>
       </c>
       <c r="F455" t="s">
         <v>8</v>
       </c>
       <c r="G455">
         <v>0.0</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="B456">
-        <v>312298031</v>
+        <v>1026257310</v>
       </c>
       <c r="D456" t="s">
         <v>465</v>
       </c>
       <c r="E456" t="s">
-        <v>113</v>
+        <v>52</v>
       </c>
       <c r="F456" t="s">
         <v>8</v>
       </c>
       <c r="G456">
         <v>0.0</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457">
-        <v>9</v>
+        <v>31</v>
       </c>
       <c r="B457">
-        <v>2488493</v>
+        <v>10</v>
       </c>
       <c r="D457" t="s">
         <v>466</v>
       </c>
       <c r="E457" t="s">
-        <v>128</v>
+        <v>52</v>
       </c>
       <c r="F457" t="s">
         <v>8</v>
       </c>
       <c r="G457">
         <v>0.0</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="B458">
-        <v>1026257309</v>
+        <v>1026257311</v>
       </c>
       <c r="D458" t="s">
         <v>467</v>
       </c>
       <c r="E458" t="s">
-        <v>113</v>
+        <v>52</v>
       </c>
       <c r="F458" t="s">
         <v>8</v>
       </c>
       <c r="G458">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="B459">
-        <v>321951214</v>
+        <v>123456789</v>
       </c>
       <c r="D459" t="s">
         <v>468</v>
       </c>
       <c r="E459" t="s">
-        <v>113</v>
+        <v>52</v>
       </c>
       <c r="F459" t="s">
         <v>8</v>
       </c>
       <c r="G459">
-        <v>0.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460">
-        <v>6</v>
+        <v>25</v>
       </c>
       <c r="B460">
-        <v>43184999</v>
+        <v>1</v>
       </c>
       <c r="D460" t="s">
         <v>469</v>
       </c>
       <c r="E460" t="s">
-        <v>113</v>
+        <v>52</v>
       </c>
       <c r="F460" t="s">
-        <v>8</v>
+        <v>254</v>
       </c>
       <c r="G460">
         <v>0.0</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461">
-        <v>5</v>
+        <v>24</v>
       </c>
       <c r="B461">
-        <v>42693484</v>
+        <v>1</v>
       </c>
       <c r="D461" t="s">
         <v>470</v>
       </c>
       <c r="E461" t="s">
-        <v>113</v>
+        <v>52</v>
       </c>
       <c r="F461" t="s">
         <v>8</v>
       </c>
       <c r="G461">
         <v>0.0</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="B462">
-        <v>3796298</v>
+        <v>31373771</v>
       </c>
       <c r="D462" t="s">
         <v>471</v>
       </c>
       <c r="E462" t="s">
-        <v>128</v>
+        <v>52</v>
       </c>
       <c r="F462" t="s">
         <v>8</v>
       </c>
       <c r="G462">
-        <v>0.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="B463">
-        <v>301128106</v>
+        <v>123</v>
       </c>
       <c r="D463" t="s">
         <v>472</v>
       </c>
       <c r="E463" t="s">
-        <v>113</v>
+        <v>52</v>
       </c>
       <c r="F463" t="s">
         <v>8</v>
       </c>
       <c r="G463">
         <v>0.0</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="B464">
-        <v>301128106</v>
+        <v>123</v>
       </c>
       <c r="D464" t="s">
         <v>473</v>
       </c>
       <c r="E464" t="s">
-        <v>113</v>
+        <v>52</v>
       </c>
       <c r="F464" t="s">
         <v>8</v>
       </c>
       <c r="G464">
         <v>0.0</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="B465">
-        <v>31373771</v>
+        <v>123</v>
       </c>
       <c r="D465" t="s">
         <v>474</v>
       </c>
       <c r="E465" t="s">
-        <v>113</v>
+        <v>52</v>
       </c>
       <c r="F465" t="s">
         <v>8</v>
       </c>
       <c r="G465">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="466" spans="1:7">
+      <c r="A466">
+        <v>19</v>
+      </c>
+      <c r="B466">
+        <v>123</v>
+      </c>
+      <c r="D466" t="s">
+        <v>475</v>
+      </c>
+      <c r="E466" t="s">
+        <v>52</v>
+      </c>
+      <c r="F466" t="s">
+        <v>8</v>
+      </c>
+      <c r="G466">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="467" spans="1:7">
+      <c r="A467">
+        <v>18</v>
+      </c>
+      <c r="B467">
+        <v>123</v>
+      </c>
+      <c r="D467" t="s">
+        <v>476</v>
+      </c>
+      <c r="E467" t="s">
+        <v>52</v>
+      </c>
+      <c r="F467" t="s">
+        <v>8</v>
+      </c>
+      <c r="G467">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="468" spans="1:7">
+      <c r="A468">
+        <v>17</v>
+      </c>
+      <c r="B468">
+        <v>123</v>
+      </c>
+      <c r="D468" t="s">
+        <v>477</v>
+      </c>
+      <c r="E468" t="s">
+        <v>52</v>
+      </c>
+      <c r="F468" t="s">
+        <v>8</v>
+      </c>
+      <c r="G468">
+        <v>2.0</v>
+      </c>
+    </row>
+    <row r="469" spans="1:7">
+      <c r="A469">
+        <v>16</v>
+      </c>
+      <c r="B469">
+        <v>123</v>
+      </c>
+      <c r="D469" t="s">
+        <v>478</v>
+      </c>
+      <c r="E469" t="s">
+        <v>52</v>
+      </c>
+      <c r="F469" t="s">
+        <v>8</v>
+      </c>
+      <c r="G469">
+        <v>4.0</v>
+      </c>
+    </row>
+    <row r="470" spans="1:7">
+      <c r="A470">
+        <v>15</v>
+      </c>
+      <c r="B470">
+        <v>123</v>
+      </c>
+      <c r="D470" t="s">
+        <v>479</v>
+      </c>
+      <c r="E470" t="s">
+        <v>52</v>
+      </c>
+      <c r="F470" t="s">
+        <v>8</v>
+      </c>
+      <c r="G470">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="471" spans="1:7">
+      <c r="A471">
+        <v>14</v>
+      </c>
+      <c r="B471">
+        <v>10</v>
+      </c>
+      <c r="D471" t="s">
+        <v>480</v>
+      </c>
+      <c r="E471" t="s">
+        <v>52</v>
+      </c>
+      <c r="F471" t="s">
+        <v>8</v>
+      </c>
+      <c r="G471">
+        <v>4.0</v>
+      </c>
+    </row>
+    <row r="472" spans="1:7">
+      <c r="A472">
+        <v>13</v>
+      </c>
+      <c r="B472">
+        <v>6210772</v>
+      </c>
+      <c r="D472" t="s">
+        <v>481</v>
+      </c>
+      <c r="E472" t="s">
+        <v>147</v>
+      </c>
+      <c r="F472" t="s">
+        <v>8</v>
+      </c>
+      <c r="G472">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="473" spans="1:7">
+      <c r="A473">
+        <v>12</v>
+      </c>
+      <c r="B473">
+        <v>300367330</v>
+      </c>
+      <c r="D473" t="s">
+        <v>482</v>
+      </c>
+      <c r="E473" t="s">
+        <v>132</v>
+      </c>
+      <c r="F473" t="s">
+        <v>8</v>
+      </c>
+      <c r="G473">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="474" spans="1:7">
+      <c r="A474">
+        <v>11</v>
+      </c>
+      <c r="B474">
+        <v>6210772</v>
+      </c>
+      <c r="D474" t="s">
+        <v>483</v>
+      </c>
+      <c r="E474" t="s">
+        <v>147</v>
+      </c>
+      <c r="F474" t="s">
+        <v>8</v>
+      </c>
+      <c r="G474">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="475" spans="1:7">
+      <c r="A475">
+        <v>10</v>
+      </c>
+      <c r="B475">
+        <v>312298031</v>
+      </c>
+      <c r="D475" t="s">
+        <v>484</v>
+      </c>
+      <c r="E475" t="s">
+        <v>132</v>
+      </c>
+      <c r="F475" t="s">
+        <v>8</v>
+      </c>
+      <c r="G475">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="476" spans="1:7">
+      <c r="A476">
+        <v>9</v>
+      </c>
+      <c r="B476">
+        <v>2488493</v>
+      </c>
+      <c r="D476" t="s">
+        <v>485</v>
+      </c>
+      <c r="E476" t="s">
+        <v>147</v>
+      </c>
+      <c r="F476" t="s">
+        <v>8</v>
+      </c>
+      <c r="G476">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="477" spans="1:7">
+      <c r="A477">
+        <v>8</v>
+      </c>
+      <c r="B477">
+        <v>1026257309</v>
+      </c>
+      <c r="D477" t="s">
+        <v>486</v>
+      </c>
+      <c r="E477" t="s">
+        <v>132</v>
+      </c>
+      <c r="F477" t="s">
+        <v>8</v>
+      </c>
+      <c r="G477">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="478" spans="1:7">
+      <c r="A478">
+        <v>7</v>
+      </c>
+      <c r="B478">
+        <v>321951214</v>
+      </c>
+      <c r="D478" t="s">
+        <v>487</v>
+      </c>
+      <c r="E478" t="s">
+        <v>132</v>
+      </c>
+      <c r="F478" t="s">
+        <v>8</v>
+      </c>
+      <c r="G478">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="479" spans="1:7">
+      <c r="A479">
+        <v>6</v>
+      </c>
+      <c r="B479">
+        <v>43184999</v>
+      </c>
+      <c r="D479" t="s">
+        <v>488</v>
+      </c>
+      <c r="E479" t="s">
+        <v>132</v>
+      </c>
+      <c r="F479" t="s">
+        <v>8</v>
+      </c>
+      <c r="G479">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="480" spans="1:7">
+      <c r="A480">
+        <v>5</v>
+      </c>
+      <c r="B480">
+        <v>42693484</v>
+      </c>
+      <c r="D480" t="s">
+        <v>489</v>
+      </c>
+      <c r="E480" t="s">
+        <v>132</v>
+      </c>
+      <c r="F480" t="s">
+        <v>8</v>
+      </c>
+      <c r="G480">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="481" spans="1:7">
+      <c r="A481">
+        <v>4</v>
+      </c>
+      <c r="B481">
+        <v>3796298</v>
+      </c>
+      <c r="D481" t="s">
+        <v>490</v>
+      </c>
+      <c r="E481" t="s">
+        <v>147</v>
+      </c>
+      <c r="F481" t="s">
+        <v>8</v>
+      </c>
+      <c r="G481">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="482" spans="1:7">
+      <c r="A482">
+        <v>3</v>
+      </c>
+      <c r="B482">
+        <v>301128106</v>
+      </c>
+      <c r="D482" t="s">
+        <v>491</v>
+      </c>
+      <c r="E482" t="s">
+        <v>132</v>
+      </c>
+      <c r="F482" t="s">
+        <v>8</v>
+      </c>
+      <c r="G482">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="483" spans="1:7">
+      <c r="A483">
+        <v>2</v>
+      </c>
+      <c r="B483">
+        <v>301128106</v>
+      </c>
+      <c r="D483" t="s">
+        <v>492</v>
+      </c>
+      <c r="E483" t="s">
+        <v>132</v>
+      </c>
+      <c r="F483" t="s">
+        <v>8</v>
+      </c>
+      <c r="G483">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="484" spans="1:7">
+      <c r="A484">
+        <v>1</v>
+      </c>
+      <c r="B484">
+        <v>31373771</v>
+      </c>
+      <c r="D484" t="s">
+        <v>493</v>
+      </c>
+      <c r="E484" t="s">
+        <v>132</v>
+      </c>
+      <c r="F484" t="s">
+        <v>8</v>
+      </c>
+      <c r="G484">
         <v>0.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>