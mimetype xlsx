--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -12,79 +12,205 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="494">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="535">
   <si>
     <t>id_pedido</t>
   </si>
   <si>
     <t>id_cliente</t>
   </si>
   <si>
     <t>sede</t>
   </si>
   <si>
     <t>fecha</t>
   </si>
   <si>
     <t>asesor</t>
   </si>
   <si>
     <t>tipo_domicilio</t>
   </si>
   <si>
     <t>total_general</t>
   </si>
   <si>
+    <t>2026-03-21 10:42:32</t>
+  </si>
+  <si>
+    <t>tradicional</t>
+  </si>
+  <si>
+    <t>2026-03-20 02:49:50</t>
+  </si>
+  <si>
+    <t>2026-03-14 10:39:01</t>
+  </si>
+  <si>
+    <t>2026-03-14 09:43:10</t>
+  </si>
+  <si>
+    <t>2026-03-10 23:07:59</t>
+  </si>
+  <si>
+    <t>2026-03-10 23:07:48</t>
+  </si>
+  <si>
+    <t>2026-03-10 10:21:37</t>
+  </si>
+  <si>
+    <t>2026-03-10 07:48:18</t>
+  </si>
+  <si>
+    <t>2026-03-07 10:34:34</t>
+  </si>
+  <si>
+    <t>2026-03-07 10:10:33</t>
+  </si>
+  <si>
+    <t>2026-03-04 11:26:46</t>
+  </si>
+  <si>
+    <t>2026-03-01 02:10:50</t>
+  </si>
+  <si>
+    <t>2026-02-26 16:58:25</t>
+  </si>
+  <si>
+    <t>2026-02-25 09:58:57</t>
+  </si>
+  <si>
+    <t>2026-02-25 08:28:57</t>
+  </si>
+  <si>
+    <t>2026-02-25 05:14:57</t>
+  </si>
+  <si>
+    <t>2026-02-25 05:14:56</t>
+  </si>
+  <si>
+    <t>2026-02-25 02:13:30</t>
+  </si>
+  <si>
+    <t>2026-02-25 02:13:29</t>
+  </si>
+  <si>
+    <t>2026-02-21 12:44:42</t>
+  </si>
+  <si>
+    <t>2026-02-18 22:42:14</t>
+  </si>
+  <si>
+    <t>2026-02-18 22:41:24</t>
+  </si>
+  <si>
+    <t>2026-02-18 00:34:23</t>
+  </si>
+  <si>
+    <t>2026-02-18 00:34:07</t>
+  </si>
+  <si>
+    <t>2026-02-17 15:08:46</t>
+  </si>
+  <si>
+    <t>2026-02-17 11:29:26</t>
+  </si>
+  <si>
+    <t>2026-02-14 01:05:43</t>
+  </si>
+  <si>
+    <t>2026-02-14 01:00:52</t>
+  </si>
+  <si>
+    <t>2026-02-13 16:15:02</t>
+  </si>
+  <si>
+    <t>2026-02-13 16:15:01</t>
+  </si>
+  <si>
+    <t>2026-02-13 01:06:53</t>
+  </si>
+  <si>
+    <t>2026-02-12 15:03:03</t>
+  </si>
+  <si>
+    <t>pruebas</t>
+  </si>
+  <si>
+    <t>2026-02-11 12:53:06</t>
+  </si>
+  <si>
+    <t>2026-02-11 11:47:37</t>
+  </si>
+  <si>
+    <t>2026-02-11 03:17:33</t>
+  </si>
+  <si>
+    <t>2026-02-09 04:54:25</t>
+  </si>
+  <si>
+    <t>2026-02-08 22:27:07</t>
+  </si>
+  <si>
+    <t>2026-02-08 21:16:40</t>
+  </si>
+  <si>
+    <t>2026-02-08 21:16:31</t>
+  </si>
+  <si>
+    <t>2026-02-07 09:38:03</t>
+  </si>
+  <si>
+    <t>2026-02-06 14:45:08</t>
+  </si>
+  <si>
     <t>2026-01-31 20:28:25</t>
   </si>
   <si>
-    <t>tradicional</t>
-[...1 lines deleted...]
-  <si>
     <t>2026-01-30 13:31:53</t>
   </si>
   <si>
     <t>2026-01-27 06:59:44</t>
   </si>
   <si>
     <t>2026-01-24 18:08:16</t>
   </si>
   <si>
     <t>2026-01-24 13:51:21</t>
   </si>
   <si>
     <t>2026-01-24 07:28:44</t>
   </si>
   <si>
     <t>2026-01-17 15:03:18</t>
   </si>
   <si>
     <t>2026-01-15 21:16:19</t>
   </si>
   <si>
     <t>2026-01-10 18:21:32</t>
   </si>
   <si>
     <t>2026-01-10 08:57:48</t>
@@ -168,53 +294,50 @@
     <t>2025-11-15 02:08:48</t>
   </si>
   <si>
     <t>2025-11-13 03:41:08</t>
   </si>
   <si>
     <t>2025-11-08 10:57:18</t>
   </si>
   <si>
     <t>2025-11-08 02:03:21</t>
   </si>
   <si>
     <t>2025-11-02 13:44:00</t>
   </si>
   <si>
     <t>2025-11-02 13:43:57</t>
   </si>
   <si>
     <t>2025-11-02 02:10:57</t>
   </si>
   <si>
     <t>2025-11-01 02:00:02</t>
   </si>
   <si>
     <t>2025-10-29 10:16:33</t>
-  </si>
-[...1 lines deleted...]
-    <t>pruebas</t>
   </si>
   <si>
     <t>express</t>
   </si>
   <si>
     <t>2025-10-27 05:03:42</t>
   </si>
   <si>
     <t>2025-10-26 06:45:27</t>
   </si>
   <si>
     <t>2025-10-25 17:40:46</t>
   </si>
   <si>
     <t>2025-10-25 01:56:18</t>
   </si>
   <si>
     <t>2025-10-24 09:02:54</t>
   </si>
   <si>
     <t>2025-10-22 13:01:49</t>
   </si>
   <si>
     <t>2025-10-18 17:37:36</t>
   </si>
@@ -1841,9432 +1964,10166 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G484"/>
+  <dimension ref="A1:G527"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="16.425" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2">
-        <v>495</v>
+        <v>538</v>
       </c>
       <c r="B2">
         <v>0</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
       <c r="F2" t="s">
         <v>8</v>
       </c>
       <c r="G2">
         <v>0.0</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3">
-        <v>494</v>
+        <v>537</v>
       </c>
       <c r="B3">
         <v>0</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="F3" t="s">
         <v>8</v>
       </c>
       <c r="G3">
         <v>0.0</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4">
-        <v>493</v>
+        <v>536</v>
       </c>
       <c r="B4">
         <v>0</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="F4" t="s">
         <v>8</v>
       </c>
       <c r="G4">
         <v>0.0</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5">
-        <v>492</v>
+        <v>535</v>
       </c>
       <c r="B5">
         <v>0</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="F5" t="s">
         <v>8</v>
       </c>
       <c r="G5">
         <v>0.0</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6">
-        <v>491</v>
+        <v>534</v>
       </c>
       <c r="B6">
         <v>0</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
         <v>8</v>
       </c>
       <c r="G6">
         <v>0.0</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7">
-        <v>490</v>
+        <v>533</v>
       </c>
       <c r="B7">
         <v>0</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="F7" t="s">
         <v>8</v>
       </c>
       <c r="G7">
         <v>0.0</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8">
-        <v>489</v>
+        <v>532</v>
       </c>
       <c r="B8">
         <v>0</v>
       </c>
       <c r="D8" t="s">
         <v>14</v>
       </c>
       <c r="F8" t="s">
         <v>8</v>
       </c>
       <c r="G8">
         <v>0.0</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9">
-        <v>488</v>
+        <v>531</v>
       </c>
       <c r="B9">
         <v>0</v>
       </c>
       <c r="D9" t="s">
         <v>15</v>
       </c>
       <c r="F9" t="s">
         <v>8</v>
       </c>
       <c r="G9">
         <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10">
-        <v>487</v>
+        <v>530</v>
       </c>
       <c r="B10">
         <v>0</v>
       </c>
       <c r="D10" t="s">
         <v>16</v>
       </c>
       <c r="F10" t="s">
         <v>8</v>
       </c>
       <c r="G10">
         <v>0.0</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11">
-        <v>486</v>
+        <v>529</v>
       </c>
       <c r="B11">
         <v>0</v>
       </c>
       <c r="D11" t="s">
         <v>17</v>
       </c>
       <c r="F11" t="s">
         <v>8</v>
       </c>
       <c r="G11">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12">
-        <v>485</v>
+        <v>528</v>
       </c>
       <c r="B12">
         <v>0</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="F12" t="s">
         <v>8</v>
       </c>
       <c r="G12">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13">
-        <v>484</v>
+        <v>527</v>
       </c>
       <c r="B13">
         <v>0</v>
       </c>
       <c r="D13" t="s">
         <v>19</v>
       </c>
       <c r="F13" t="s">
         <v>8</v>
       </c>
       <c r="G13">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14">
-        <v>483</v>
+        <v>526</v>
       </c>
       <c r="B14">
         <v>0</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>8</v>
       </c>
       <c r="G14">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15">
-        <v>482</v>
+        <v>525</v>
       </c>
       <c r="B15">
         <v>0</v>
       </c>
       <c r="D15" t="s">
         <v>21</v>
       </c>
       <c r="F15" t="s">
         <v>8</v>
       </c>
       <c r="G15">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16">
-        <v>481</v>
+        <v>524</v>
       </c>
       <c r="B16">
         <v>0</v>
       </c>
       <c r="D16" t="s">
         <v>22</v>
       </c>
       <c r="F16" t="s">
         <v>8</v>
       </c>
       <c r="G16">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17">
-        <v>480</v>
+        <v>523</v>
       </c>
       <c r="B17">
         <v>0</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="F17" t="s">
         <v>8</v>
       </c>
       <c r="G17">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18">
-        <v>479</v>
+        <v>522</v>
       </c>
       <c r="B18">
         <v>0</v>
       </c>
       <c r="D18" t="s">
         <v>24</v>
       </c>
       <c r="F18" t="s">
         <v>8</v>
       </c>
       <c r="G18">
         <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19">
-        <v>478</v>
+        <v>521</v>
       </c>
       <c r="B19">
         <v>0</v>
       </c>
       <c r="D19" t="s">
         <v>25</v>
       </c>
       <c r="F19" t="s">
         <v>8</v>
       </c>
       <c r="G19">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20">
-        <v>477</v>
+        <v>520</v>
       </c>
       <c r="B20">
         <v>0</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="F20" t="s">
         <v>8</v>
       </c>
       <c r="G20">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21">
-        <v>476</v>
+        <v>519</v>
       </c>
       <c r="B21">
         <v>0</v>
       </c>
       <c r="D21" t="s">
         <v>27</v>
       </c>
       <c r="F21" t="s">
         <v>8</v>
       </c>
       <c r="G21">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22">
-        <v>475</v>
+        <v>518</v>
       </c>
       <c r="B22">
         <v>0</v>
       </c>
       <c r="D22" t="s">
         <v>28</v>
       </c>
       <c r="F22" t="s">
         <v>8</v>
       </c>
       <c r="G22">
         <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23">
-        <v>474</v>
+        <v>517</v>
       </c>
       <c r="B23">
         <v>0</v>
       </c>
       <c r="D23" t="s">
         <v>29</v>
       </c>
       <c r="F23" t="s">
         <v>8</v>
       </c>
       <c r="G23">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24">
-        <v>473</v>
+        <v>516</v>
       </c>
       <c r="B24">
         <v>0</v>
       </c>
       <c r="D24" t="s">
         <v>30</v>
       </c>
       <c r="F24" t="s">
         <v>8</v>
       </c>
       <c r="G24">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25">
-        <v>472</v>
+        <v>515</v>
       </c>
       <c r="B25">
         <v>0</v>
       </c>
       <c r="D25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>8</v>
       </c>
       <c r="G25">
         <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26">
-        <v>471</v>
+        <v>514</v>
       </c>
       <c r="B26">
         <v>0</v>
       </c>
       <c r="D26" t="s">
         <v>32</v>
       </c>
       <c r="F26" t="s">
         <v>8</v>
       </c>
       <c r="G26">
         <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27">
-        <v>470</v>
+        <v>513</v>
       </c>
       <c r="B27">
         <v>0</v>
       </c>
       <c r="D27" t="s">
         <v>33</v>
       </c>
       <c r="F27" t="s">
         <v>8</v>
       </c>
       <c r="G27">
         <v>0.0</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28">
-        <v>469</v>
+        <v>512</v>
       </c>
       <c r="B28">
         <v>0</v>
       </c>
       <c r="D28" t="s">
         <v>34</v>
       </c>
       <c r="F28" t="s">
         <v>8</v>
       </c>
       <c r="G28">
         <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29">
-        <v>468</v>
+        <v>511</v>
       </c>
       <c r="B29">
         <v>0</v>
       </c>
       <c r="D29" t="s">
         <v>35</v>
       </c>
       <c r="F29" t="s">
         <v>8</v>
       </c>
       <c r="G29">
         <v>0.0</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30">
-        <v>467</v>
+        <v>510</v>
       </c>
       <c r="B30">
         <v>0</v>
       </c>
       <c r="D30" t="s">
         <v>36</v>
       </c>
       <c r="F30" t="s">
         <v>8</v>
       </c>
       <c r="G30">
         <v>0.0</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31">
-        <v>466</v>
+        <v>509</v>
       </c>
       <c r="B31">
         <v>0</v>
       </c>
       <c r="D31" t="s">
         <v>37</v>
       </c>
       <c r="F31" t="s">
         <v>8</v>
       </c>
       <c r="G31">
         <v>0.0</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32">
-        <v>465</v>
+        <v>508</v>
       </c>
       <c r="B32">
         <v>0</v>
       </c>
       <c r="D32" t="s">
         <v>38</v>
       </c>
       <c r="F32" t="s">
         <v>8</v>
       </c>
       <c r="G32">
         <v>0.0</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33">
-        <v>464</v>
+        <v>507</v>
       </c>
       <c r="B33">
         <v>0</v>
       </c>
       <c r="D33" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F33" t="s">
         <v>8</v>
       </c>
       <c r="G33">
         <v>0.0</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34">
-        <v>463</v>
+        <v>506</v>
       </c>
       <c r="B34">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D34" t="s">
+        <v>39</v>
+      </c>
+      <c r="E34" t="s">
         <v>40</v>
       </c>
       <c r="F34" t="s">
         <v>8</v>
       </c>
       <c r="G34">
-        <v>0.0</v>
+        <v>26000.0</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35">
-        <v>462</v>
+        <v>505</v>
       </c>
       <c r="B35">
         <v>0</v>
       </c>
       <c r="D35" t="s">
         <v>41</v>
       </c>
       <c r="F35" t="s">
         <v>8</v>
       </c>
       <c r="G35">
         <v>0.0</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36">
-        <v>461</v>
+        <v>504</v>
       </c>
       <c r="B36">
         <v>0</v>
       </c>
       <c r="D36" t="s">
         <v>42</v>
       </c>
       <c r="F36" t="s">
         <v>8</v>
       </c>
       <c r="G36">
         <v>0.0</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37">
-        <v>460</v>
+        <v>502</v>
       </c>
       <c r="B37">
         <v>0</v>
       </c>
       <c r="D37" t="s">
         <v>43</v>
       </c>
       <c r="F37" t="s">
         <v>8</v>
       </c>
       <c r="G37">
         <v>0.0</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38">
-        <v>459</v>
+        <v>503</v>
       </c>
       <c r="B38">
         <v>0</v>
       </c>
       <c r="D38" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F38" t="s">
         <v>8</v>
       </c>
       <c r="G38">
         <v>0.0</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39">
-        <v>458</v>
+        <v>501</v>
       </c>
       <c r="B39">
         <v>0</v>
       </c>
       <c r="D39" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F39" t="s">
         <v>8</v>
       </c>
       <c r="G39">
         <v>0.0</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40">
-        <v>457</v>
+        <v>500</v>
       </c>
       <c r="B40">
         <v>0</v>
       </c>
       <c r="D40" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F40" t="s">
         <v>8</v>
       </c>
       <c r="G40">
         <v>0.0</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41">
-        <v>456</v>
+        <v>499</v>
       </c>
       <c r="B41">
         <v>0</v>
       </c>
       <c r="D41" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F41" t="s">
         <v>8</v>
       </c>
       <c r="G41">
         <v>0.0</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42">
-        <v>455</v>
+        <v>498</v>
       </c>
       <c r="B42">
         <v>0</v>
       </c>
       <c r="D42" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F42" t="s">
         <v>8</v>
       </c>
       <c r="G42">
         <v>0.0</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43">
-        <v>454</v>
+        <v>497</v>
       </c>
       <c r="B43">
         <v>0</v>
       </c>
       <c r="D43" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F43" t="s">
         <v>8</v>
       </c>
       <c r="G43">
         <v>0.0</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44">
-        <v>453</v>
+        <v>496</v>
       </c>
       <c r="B44">
         <v>0</v>
       </c>
       <c r="D44" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F44" t="s">
         <v>8</v>
       </c>
       <c r="G44">
         <v>0.0</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45">
-        <v>452</v>
+        <v>495</v>
       </c>
       <c r="B45">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D45" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="F45" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G45">
         <v>0.0</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46">
-        <v>451</v>
+        <v>494</v>
       </c>
       <c r="B46">
         <v>0</v>
       </c>
       <c r="D46" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F46" t="s">
         <v>8</v>
       </c>
       <c r="G46">
         <v>0.0</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47">
-        <v>450</v>
+        <v>493</v>
       </c>
       <c r="B47">
         <v>0</v>
       </c>
       <c r="D47" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F47" t="s">
         <v>8</v>
       </c>
       <c r="G47">
         <v>0.0</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48">
-        <v>449</v>
+        <v>492</v>
       </c>
       <c r="B48">
         <v>0</v>
       </c>
       <c r="D48" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="F48" t="s">
         <v>8</v>
       </c>
       <c r="G48">
         <v>0.0</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49">
-        <v>448</v>
+        <v>491</v>
       </c>
       <c r="B49">
         <v>0</v>
       </c>
       <c r="D49" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="F49" t="s">
         <v>8</v>
       </c>
       <c r="G49">
         <v>0.0</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50">
-        <v>447</v>
+        <v>490</v>
       </c>
       <c r="B50">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D50" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F50" t="s">
         <v>8</v>
       </c>
       <c r="G50">
         <v>0.0</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51">
-        <v>446</v>
+        <v>489</v>
       </c>
       <c r="B51">
         <v>0</v>
       </c>
       <c r="D51" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="F51" t="s">
         <v>8</v>
       </c>
       <c r="G51">
         <v>0.0</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52">
-        <v>445</v>
+        <v>488</v>
       </c>
       <c r="B52">
         <v>0</v>
       </c>
       <c r="D52" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F52" t="s">
         <v>8</v>
       </c>
       <c r="G52">
         <v>0.0</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53">
-        <v>444</v>
+        <v>487</v>
       </c>
       <c r="B53">
         <v>0</v>
       </c>
       <c r="D53" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F53" t="s">
         <v>8</v>
       </c>
       <c r="G53">
         <v>0.0</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54">
-        <v>443</v>
+        <v>486</v>
       </c>
       <c r="B54">
         <v>0</v>
       </c>
       <c r="D54" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F54" t="s">
         <v>8</v>
       </c>
       <c r="G54">
         <v>0.0</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55">
-        <v>442</v>
+        <v>485</v>
       </c>
       <c r="B55">
         <v>0</v>
       </c>
       <c r="D55" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="F55" t="s">
         <v>8</v>
       </c>
       <c r="G55">
         <v>0.0</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56">
-        <v>441</v>
+        <v>484</v>
       </c>
       <c r="B56">
         <v>0</v>
       </c>
       <c r="D56" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F56" t="s">
         <v>8</v>
       </c>
       <c r="G56">
         <v>0.0</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57">
-        <v>440</v>
+        <v>483</v>
       </c>
       <c r="B57">
         <v>0</v>
       </c>
       <c r="D57" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="F57" t="s">
         <v>8</v>
       </c>
       <c r="G57">
         <v>0.0</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58">
-        <v>439</v>
+        <v>482</v>
       </c>
       <c r="B58">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D58" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="F58" t="s">
         <v>8</v>
       </c>
       <c r="G58">
         <v>0.0</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59">
-        <v>438</v>
+        <v>481</v>
       </c>
       <c r="B59">
         <v>0</v>
       </c>
       <c r="D59" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="F59" t="s">
         <v>8</v>
       </c>
       <c r="G59">
         <v>0.0</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60">
-        <v>437</v>
+        <v>480</v>
       </c>
       <c r="B60">
         <v>0</v>
       </c>
       <c r="D60" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="F60" t="s">
         <v>8</v>
       </c>
       <c r="G60">
         <v>0.0</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61">
-        <v>436</v>
+        <v>479</v>
       </c>
       <c r="B61">
         <v>0</v>
       </c>
       <c r="D61" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="F61" t="s">
         <v>8</v>
       </c>
       <c r="G61">
         <v>0.0</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62">
-        <v>435</v>
+        <v>478</v>
       </c>
       <c r="B62">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D62" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>67</v>
       </c>
       <c r="F62" t="s">
         <v>8</v>
       </c>
       <c r="G62">
         <v>0.0</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63">
-        <v>434</v>
+        <v>477</v>
       </c>
       <c r="B63">
         <v>0</v>
       </c>
       <c r="D63" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="F63" t="s">
         <v>8</v>
       </c>
       <c r="G63">
         <v>0.0</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64">
-        <v>433</v>
+        <v>476</v>
       </c>
       <c r="B64">
         <v>0</v>
       </c>
       <c r="D64" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="F64" t="s">
         <v>8</v>
       </c>
       <c r="G64">
         <v>0.0</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65">
-        <v>432</v>
+        <v>475</v>
       </c>
       <c r="B65">
         <v>0</v>
       </c>
       <c r="D65" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="F65" t="s">
         <v>8</v>
       </c>
       <c r="G65">
         <v>0.0</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66">
-        <v>431</v>
+        <v>474</v>
       </c>
       <c r="B66">
         <v>0</v>
       </c>
       <c r="D66" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="F66" t="s">
         <v>8</v>
       </c>
       <c r="G66">
         <v>0.0</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67">
-        <v>430</v>
+        <v>473</v>
       </c>
       <c r="B67">
         <v>0</v>
       </c>
       <c r="D67" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F67" t="s">
         <v>8</v>
       </c>
       <c r="G67">
         <v>0.0</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68">
-        <v>429</v>
+        <v>472</v>
       </c>
       <c r="B68">
         <v>0</v>
       </c>
       <c r="D68" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F68" t="s">
         <v>8</v>
       </c>
       <c r="G68">
         <v>0.0</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69">
-        <v>428</v>
+        <v>471</v>
       </c>
       <c r="B69">
         <v>0</v>
       </c>
       <c r="D69" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F69" t="s">
         <v>8</v>
       </c>
       <c r="G69">
         <v>0.0</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70">
-        <v>427</v>
+        <v>470</v>
       </c>
       <c r="B70">
         <v>0</v>
       </c>
       <c r="D70" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F70" t="s">
         <v>8</v>
       </c>
       <c r="G70">
         <v>0.0</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71">
-        <v>426</v>
+        <v>469</v>
       </c>
       <c r="B71">
         <v>0</v>
       </c>
       <c r="D71" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F71" t="s">
         <v>8</v>
       </c>
       <c r="G71">
         <v>0.0</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72">
-        <v>425</v>
+        <v>468</v>
       </c>
       <c r="B72">
         <v>0</v>
       </c>
       <c r="D72" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="F72" t="s">
         <v>8</v>
       </c>
       <c r="G72">
         <v>0.0</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73">
-        <v>424</v>
+        <v>467</v>
       </c>
       <c r="B73">
         <v>0</v>
       </c>
       <c r="D73" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F73" t="s">
         <v>8</v>
       </c>
       <c r="G73">
         <v>0.0</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74">
-        <v>423</v>
+        <v>466</v>
       </c>
       <c r="B74">
         <v>0</v>
       </c>
       <c r="D74" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="F74" t="s">
         <v>8</v>
       </c>
       <c r="G74">
         <v>0.0</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75">
-        <v>422</v>
+        <v>465</v>
       </c>
       <c r="B75">
         <v>0</v>
       </c>
       <c r="D75" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="F75" t="s">
         <v>8</v>
       </c>
       <c r="G75">
         <v>0.0</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76">
-        <v>421</v>
+        <v>464</v>
       </c>
       <c r="B76">
         <v>0</v>
       </c>
       <c r="D76" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F76" t="s">
         <v>8</v>
       </c>
       <c r="G76">
         <v>0.0</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77">
-        <v>420</v>
+        <v>463</v>
       </c>
       <c r="B77">
         <v>0</v>
       </c>
       <c r="D77" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F77" t="s">
         <v>8</v>
       </c>
       <c r="G77">
         <v>0.0</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78">
-        <v>419</v>
+        <v>462</v>
       </c>
       <c r="B78">
         <v>0</v>
       </c>
       <c r="D78" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F78" t="s">
         <v>8</v>
       </c>
       <c r="G78">
         <v>0.0</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79">
-        <v>418</v>
+        <v>461</v>
       </c>
       <c r="B79">
         <v>0</v>
       </c>
       <c r="D79" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F79" t="s">
         <v>8</v>
       </c>
       <c r="G79">
         <v>0.0</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80">
-        <v>417</v>
+        <v>460</v>
       </c>
       <c r="B80">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D80" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="F80" t="s">
         <v>8</v>
       </c>
       <c r="G80">
         <v>0.0</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81">
-        <v>416</v>
+        <v>459</v>
       </c>
       <c r="B81">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D81" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>86</v>
       </c>
       <c r="F81" t="s">
         <v>8</v>
       </c>
       <c r="G81">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82">
-        <v>415</v>
+        <v>458</v>
       </c>
       <c r="B82">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D82" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="F82" t="s">
         <v>8</v>
       </c>
       <c r="G82">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83">
-        <v>414</v>
+        <v>457</v>
       </c>
       <c r="B83">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D83" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="F83" t="s">
         <v>8</v>
       </c>
       <c r="G83">
         <v>0.0</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84">
-        <v>413</v>
+        <v>456</v>
       </c>
       <c r="B84">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D84" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>89</v>
       </c>
       <c r="F84" t="s">
         <v>8</v>
       </c>
       <c r="G84">
         <v>0.0</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85">
-        <v>412</v>
+        <v>455</v>
       </c>
       <c r="B85">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D85" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>90</v>
       </c>
       <c r="F85" t="s">
         <v>8</v>
       </c>
       <c r="G85">
         <v>0.0</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86">
-        <v>407</v>
+        <v>454</v>
       </c>
       <c r="B86">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D86" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>91</v>
       </c>
       <c r="F86" t="s">
         <v>8</v>
       </c>
       <c r="G86">
-        <v>222.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87">
-        <v>406</v>
+        <v>453</v>
       </c>
       <c r="B87">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D87" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>92</v>
       </c>
       <c r="F87" t="s">
         <v>8</v>
       </c>
       <c r="G87">
         <v>0.0</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88">
-        <v>405</v>
+        <v>452</v>
       </c>
       <c r="B88">
         <v>1</v>
       </c>
       <c r="D88" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="E88" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="F88" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="G88">
         <v>0.0</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89">
-        <v>401</v>
+        <v>451</v>
       </c>
       <c r="B89">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D89" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>95</v>
       </c>
       <c r="F89" t="s">
         <v>8</v>
       </c>
       <c r="G89">
         <v>0.0</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90">
-        <v>400</v>
+        <v>450</v>
       </c>
       <c r="B90">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D90" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="F90" t="s">
         <v>8</v>
       </c>
       <c r="G90">
         <v>0.0</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91">
-        <v>399</v>
+        <v>449</v>
       </c>
       <c r="B91">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D91" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="F91" t="s">
         <v>8</v>
       </c>
       <c r="G91">
         <v>0.0</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92">
-        <v>398</v>
+        <v>448</v>
       </c>
       <c r="B92">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D92" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="F92" t="s">
         <v>8</v>
       </c>
       <c r="G92">
         <v>0.0</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93">
-        <v>397</v>
+        <v>447</v>
       </c>
       <c r="B93">
         <v>1</v>
       </c>
       <c r="D93" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E93" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="F93" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G93">
         <v>0.0</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94">
-        <v>396</v>
+        <v>446</v>
       </c>
       <c r="B94">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D94" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>100</v>
       </c>
       <c r="F94" t="s">
         <v>8</v>
       </c>
       <c r="G94">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95">
-        <v>395</v>
+        <v>445</v>
       </c>
       <c r="B95">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D95" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>101</v>
       </c>
       <c r="F95" t="s">
         <v>8</v>
       </c>
       <c r="G95">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96">
-        <v>394</v>
+        <v>444</v>
       </c>
       <c r="B96">
         <v>0</v>
       </c>
       <c r="D96" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="F96" t="s">
         <v>8</v>
       </c>
       <c r="G96">
         <v>0.0</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97">
-        <v>393</v>
+        <v>443</v>
       </c>
       <c r="B97">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D97" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>103</v>
       </c>
       <c r="F97" t="s">
         <v>8</v>
       </c>
       <c r="G97">
         <v>0.0</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98">
-        <v>392</v>
+        <v>442</v>
       </c>
       <c r="B98">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D98" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>104</v>
       </c>
       <c r="F98" t="s">
         <v>8</v>
       </c>
       <c r="G98">
         <v>0.0</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99">
-        <v>391</v>
+        <v>441</v>
       </c>
       <c r="B99">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D99" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="F99" t="s">
         <v>8</v>
       </c>
       <c r="G99">
         <v>0.0</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100">
-        <v>390</v>
+        <v>440</v>
       </c>
       <c r="B100">
         <v>0</v>
       </c>
       <c r="D100" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="F100" t="s">
         <v>8</v>
       </c>
       <c r="G100">
         <v>0.0</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101">
-        <v>389</v>
+        <v>439</v>
       </c>
       <c r="B101">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D101" t="s">
-        <v>108</v>
+        <v>107</v>
+      </c>
+      <c r="E101" t="s">
+        <v>40</v>
       </c>
       <c r="F101" t="s">
         <v>8</v>
       </c>
       <c r="G101">
         <v>0.0</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102">
-        <v>388</v>
+        <v>438</v>
       </c>
       <c r="B102">
         <v>0</v>
       </c>
       <c r="D102" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F102" t="s">
         <v>8</v>
       </c>
       <c r="G102">
         <v>0.0</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103">
-        <v>387</v>
+        <v>437</v>
       </c>
       <c r="B103">
         <v>0</v>
       </c>
       <c r="D103" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F103" t="s">
         <v>8</v>
       </c>
       <c r="G103">
         <v>0.0</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104">
-        <v>386</v>
+        <v>436</v>
       </c>
       <c r="B104">
         <v>0</v>
       </c>
       <c r="D104" t="s">
         <v>110</v>
       </c>
       <c r="F104" t="s">
         <v>8</v>
       </c>
       <c r="G104">
         <v>0.0</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105">
-        <v>385</v>
+        <v>435</v>
       </c>
       <c r="B105">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D105" t="s">
         <v>111</v>
       </c>
+      <c r="E105" t="s">
+        <v>40</v>
+      </c>
       <c r="F105" t="s">
         <v>8</v>
       </c>
       <c r="G105">
         <v>0.0</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106">
-        <v>383</v>
+        <v>434</v>
       </c>
       <c r="B106">
         <v>0</v>
       </c>
       <c r="D106" t="s">
         <v>112</v>
       </c>
       <c r="F106" t="s">
         <v>8</v>
       </c>
       <c r="G106">
         <v>0.0</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107">
-        <v>382</v>
+        <v>433</v>
       </c>
       <c r="B107">
         <v>0</v>
       </c>
       <c r="D107" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F107" t="s">
         <v>8</v>
       </c>
       <c r="G107">
         <v>0.0</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108">
-        <v>384</v>
+        <v>432</v>
       </c>
       <c r="B108">
         <v>0</v>
       </c>
       <c r="D108" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F108" t="s">
         <v>8</v>
       </c>
       <c r="G108">
         <v>0.0</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109">
-        <v>381</v>
+        <v>431</v>
       </c>
       <c r="B109">
         <v>0</v>
       </c>
       <c r="D109" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F109" t="s">
         <v>8</v>
       </c>
       <c r="G109">
         <v>0.0</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110">
-        <v>380</v>
+        <v>430</v>
       </c>
       <c r="B110">
         <v>0</v>
       </c>
       <c r="D110" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F110" t="s">
         <v>8</v>
       </c>
       <c r="G110">
         <v>0.0</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111">
-        <v>379</v>
+        <v>429</v>
       </c>
       <c r="B111">
         <v>0</v>
       </c>
       <c r="D111" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F111" t="s">
         <v>8</v>
       </c>
       <c r="G111">
         <v>0.0</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112">
-        <v>378</v>
+        <v>428</v>
       </c>
       <c r="B112">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D112" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>117</v>
       </c>
       <c r="F112" t="s">
         <v>8</v>
       </c>
       <c r="G112">
         <v>0.0</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113">
-        <v>377</v>
+        <v>427</v>
       </c>
       <c r="B113">
         <v>0</v>
       </c>
       <c r="D113" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F113" t="s">
         <v>8</v>
       </c>
       <c r="G113">
         <v>0.0</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114">
-        <v>376</v>
+        <v>426</v>
       </c>
       <c r="B114">
         <v>0</v>
       </c>
       <c r="D114" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F114" t="s">
         <v>8</v>
       </c>
       <c r="G114">
         <v>0.0</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115">
-        <v>375</v>
+        <v>425</v>
       </c>
       <c r="B115">
         <v>0</v>
       </c>
       <c r="D115" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F115" t="s">
         <v>8</v>
       </c>
       <c r="G115">
         <v>0.0</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116">
-        <v>374</v>
+        <v>424</v>
       </c>
       <c r="B116">
         <v>0</v>
       </c>
       <c r="D116" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F116" t="s">
         <v>8</v>
       </c>
       <c r="G116">
         <v>0.0</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117">
-        <v>373</v>
+        <v>423</v>
       </c>
       <c r="B117">
         <v>0</v>
       </c>
       <c r="D117" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F117" t="s">
         <v>8</v>
       </c>
       <c r="G117">
         <v>0.0</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118">
-        <v>372</v>
+        <v>422</v>
       </c>
       <c r="B118">
         <v>0</v>
       </c>
       <c r="D118" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F118" t="s">
         <v>8</v>
       </c>
       <c r="G118">
         <v>0.0</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119">
-        <v>371</v>
+        <v>421</v>
       </c>
       <c r="B119">
         <v>0</v>
       </c>
       <c r="D119" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F119" t="s">
         <v>8</v>
       </c>
       <c r="G119">
         <v>0.0</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120">
-        <v>370</v>
+        <v>420</v>
       </c>
       <c r="B120">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D120" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>125</v>
       </c>
       <c r="F120" t="s">
         <v>8</v>
       </c>
       <c r="G120">
         <v>0.0</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121">
-        <v>369</v>
+        <v>419</v>
       </c>
       <c r="B121">
-        <v>310375106</v>
+        <v>0</v>
       </c>
       <c r="D121" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>126</v>
       </c>
       <c r="F121" t="s">
         <v>8</v>
       </c>
       <c r="G121">
         <v>0.0</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122">
-        <v>368</v>
+        <v>418</v>
       </c>
       <c r="B122">
-        <v>310375106</v>
+        <v>0</v>
       </c>
       <c r="D122" t="s">
-        <v>126</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>127</v>
       </c>
       <c r="F122" t="s">
         <v>8</v>
       </c>
       <c r="G122">
         <v>0.0</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123">
-        <v>367</v>
+        <v>417</v>
       </c>
       <c r="B123">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D123" t="s">
-        <v>127</v>
+        <v>128</v>
+      </c>
+      <c r="E123" t="s">
+        <v>40</v>
       </c>
       <c r="F123" t="s">
         <v>8</v>
       </c>
       <c r="G123">
         <v>0.0</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124">
-        <v>366</v>
+        <v>416</v>
       </c>
       <c r="B124">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D124" t="s">
-        <v>128</v>
+        <v>129</v>
+      </c>
+      <c r="E124" t="s">
+        <v>40</v>
       </c>
       <c r="F124" t="s">
         <v>8</v>
       </c>
       <c r="G124">
-        <v>0.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125">
-        <v>365</v>
+        <v>415</v>
       </c>
       <c r="B125">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D125" t="s">
-        <v>129</v>
+        <v>130</v>
+      </c>
+      <c r="E125" t="s">
+        <v>40</v>
       </c>
       <c r="F125" t="s">
         <v>8</v>
       </c>
       <c r="G125">
-        <v>0.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126">
-        <v>364</v>
+        <v>414</v>
       </c>
       <c r="B126">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D126" t="s">
-        <v>130</v>
+        <v>131</v>
+      </c>
+      <c r="E126" t="s">
+        <v>40</v>
       </c>
       <c r="F126" t="s">
         <v>8</v>
       </c>
       <c r="G126">
         <v>0.0</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127">
-        <v>363</v>
+        <v>413</v>
       </c>
       <c r="B127">
-        <v>1234993163</v>
+        <v>1</v>
       </c>
       <c r="D127" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E127" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="F127" t="s">
         <v>8</v>
       </c>
       <c r="G127">
         <v>0.0</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128">
-        <v>362</v>
+        <v>412</v>
       </c>
       <c r="B128">
-        <v>1234992742</v>
+        <v>1</v>
       </c>
       <c r="D128" t="s">
         <v>133</v>
       </c>
       <c r="E128" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="F128" t="s">
         <v>8</v>
       </c>
       <c r="G128">
         <v>0.0</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129">
-        <v>361</v>
+        <v>407</v>
       </c>
       <c r="B129">
-        <v>1234993005</v>
+        <v>1</v>
       </c>
       <c r="D129" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="E129" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="F129" t="s">
         <v>8</v>
       </c>
       <c r="G129">
-        <v>0.0</v>
+        <v>222.0</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130">
-        <v>360</v>
+        <v>406</v>
       </c>
       <c r="B130">
-        <v>1234993162</v>
+        <v>1</v>
       </c>
       <c r="D130" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="E130" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="F130" t="s">
         <v>8</v>
       </c>
       <c r="G130">
         <v>0.0</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131">
-        <v>359</v>
+        <v>405</v>
       </c>
       <c r="B131">
-        <v>1234993161</v>
+        <v>1</v>
       </c>
       <c r="D131" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="E131" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="F131" t="s">
         <v>8</v>
       </c>
       <c r="G131">
         <v>0.0</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132">
-        <v>358</v>
+        <v>401</v>
       </c>
       <c r="B132">
-        <v>1234993160</v>
+        <v>1</v>
       </c>
       <c r="D132" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="E132" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="F132" t="s">
         <v>8</v>
       </c>
       <c r="G132">
         <v>0.0</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133">
-        <v>357</v>
+        <v>400</v>
       </c>
       <c r="B133">
-        <v>1234992555</v>
+        <v>1</v>
       </c>
       <c r="D133" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E133" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="F133" t="s">
         <v>8</v>
       </c>
       <c r="G133">
         <v>0.0</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134">
-        <v>356</v>
+        <v>399</v>
       </c>
       <c r="B134">
-        <v>1234993159</v>
+        <v>1</v>
       </c>
       <c r="D134" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="E134" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="F134" t="s">
         <v>8</v>
       </c>
       <c r="G134">
         <v>0.0</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135">
-        <v>355</v>
+        <v>398</v>
       </c>
       <c r="B135">
-        <v>1234993158</v>
+        <v>1</v>
       </c>
       <c r="D135" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="E135" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="F135" t="s">
         <v>8</v>
       </c>
       <c r="G135">
         <v>0.0</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136">
-        <v>354</v>
+        <v>397</v>
       </c>
       <c r="B136">
-        <v>7067669</v>
+        <v>1</v>
       </c>
       <c r="D136" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="E136" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="F136" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="G136">
         <v>0.0</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137">
-        <v>353</v>
+        <v>396</v>
       </c>
       <c r="B137">
-        <v>1234993157</v>
+        <v>1</v>
       </c>
       <c r="D137" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="E137" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="F137" t="s">
         <v>8</v>
       </c>
       <c r="G137">
-        <v>0.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138">
-        <v>352</v>
+        <v>395</v>
       </c>
       <c r="B138">
-        <v>1234992772</v>
+        <v>1</v>
       </c>
       <c r="D138" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E138" t="s">
-        <v>145</v>
+        <v>40</v>
       </c>
       <c r="F138" t="s">
         <v>8</v>
       </c>
       <c r="G138">
-        <v>0.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139">
-        <v>351</v>
+        <v>394</v>
       </c>
       <c r="B139">
-        <v>1234993155</v>
+        <v>0</v>
       </c>
       <c r="D139" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="F139" t="s">
         <v>8</v>
       </c>
       <c r="G139">
         <v>0.0</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140">
-        <v>350</v>
+        <v>393</v>
       </c>
       <c r="B140">
-        <v>1036602768</v>
+        <v>1</v>
       </c>
       <c r="D140" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="E140" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="F140" t="s">
         <v>8</v>
       </c>
       <c r="G140">
         <v>0.0</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141">
-        <v>349</v>
+        <v>392</v>
       </c>
       <c r="B141">
-        <v>42789329</v>
+        <v>1</v>
       </c>
       <c r="D141" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="E141" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="F141" t="s">
         <v>8</v>
       </c>
       <c r="G141">
         <v>0.0</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142">
-        <v>348</v>
+        <v>391</v>
       </c>
       <c r="B142">
-        <v>1234992575</v>
+        <v>1</v>
       </c>
       <c r="D142" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="E142" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="F142" t="s">
         <v>8</v>
       </c>
       <c r="G142">
         <v>0.0</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143">
-        <v>347</v>
+        <v>390</v>
       </c>
       <c r="B143">
-        <v>1234993153</v>
+        <v>0</v>
       </c>
       <c r="D143" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>148</v>
       </c>
       <c r="F143" t="s">
         <v>8</v>
       </c>
       <c r="G143">
         <v>0.0</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144">
-        <v>346</v>
+        <v>389</v>
       </c>
       <c r="B144">
-        <v>1234993151</v>
+        <v>0</v>
       </c>
       <c r="D144" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="F144" t="s">
         <v>8</v>
       </c>
       <c r="G144">
         <v>0.0</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145">
-        <v>345</v>
+        <v>388</v>
       </c>
       <c r="B145">
-        <v>1234993154</v>
+        <v>0</v>
       </c>
       <c r="D145" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="F145" t="s">
         <v>8</v>
       </c>
       <c r="G145">
         <v>0.0</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146">
-        <v>344</v>
+        <v>387</v>
       </c>
       <c r="B146">
-        <v>1234993152</v>
+        <v>0</v>
       </c>
       <c r="D146" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>151</v>
       </c>
       <c r="F146" t="s">
         <v>8</v>
       </c>
       <c r="G146">
         <v>0.0</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147">
-        <v>343</v>
+        <v>386</v>
       </c>
       <c r="B147">
-        <v>71587020</v>
+        <v>0</v>
       </c>
       <c r="D147" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>151</v>
       </c>
       <c r="F147" t="s">
         <v>8</v>
       </c>
       <c r="G147">
         <v>0.0</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148">
-        <v>342</v>
+        <v>385</v>
       </c>
       <c r="B148">
-        <v>1234993150</v>
+        <v>0</v>
       </c>
       <c r="D148" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>152</v>
       </c>
       <c r="F148" t="s">
         <v>8</v>
       </c>
       <c r="G148">
         <v>0.0</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149">
-        <v>341</v>
+        <v>383</v>
       </c>
       <c r="B149">
-        <v>1234993149</v>
+        <v>0</v>
       </c>
       <c r="D149" t="s">
-        <v>157</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F149" t="s">
         <v>8</v>
       </c>
       <c r="G149">
         <v>0.0</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150">
-        <v>340</v>
+        <v>382</v>
       </c>
       <c r="B150">
-        <v>1001510768</v>
+        <v>0</v>
       </c>
       <c r="D150" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="F150" t="s">
         <v>8</v>
       </c>
       <c r="G150">
         <v>0.0</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151">
-        <v>339</v>
+        <v>384</v>
       </c>
       <c r="B151">
-        <v>1234993148</v>
+        <v>0</v>
       </c>
       <c r="D151" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="F151" t="s">
         <v>8</v>
       </c>
       <c r="G151">
         <v>0.0</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152">
-        <v>338</v>
+        <v>381</v>
       </c>
       <c r="B152">
-        <v>1234992525</v>
+        <v>0</v>
       </c>
       <c r="D152" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="F152" t="s">
         <v>8</v>
       </c>
       <c r="G152">
         <v>0.0</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153">
-        <v>337</v>
+        <v>380</v>
       </c>
       <c r="B153">
-        <v>1234993140</v>
+        <v>0</v>
       </c>
       <c r="D153" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="F153" t="s">
         <v>8</v>
       </c>
       <c r="G153">
         <v>0.0</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154">
-        <v>336</v>
+        <v>379</v>
       </c>
       <c r="B154">
-        <v>1234992601</v>
+        <v>0</v>
       </c>
       <c r="D154" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>156</v>
       </c>
       <c r="F154" t="s">
         <v>8</v>
       </c>
       <c r="G154">
         <v>0.0</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155">
-        <v>335</v>
+        <v>378</v>
       </c>
       <c r="B155">
-        <v>1234993146</v>
+        <v>1</v>
       </c>
       <c r="D155" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="E155" t="s">
-        <v>147</v>
+        <v>40</v>
       </c>
       <c r="F155" t="s">
         <v>8</v>
       </c>
       <c r="G155">
         <v>0.0</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156">
-        <v>334</v>
+        <v>377</v>
       </c>
       <c r="B156">
-        <v>1234993038</v>
+        <v>0</v>
       </c>
       <c r="D156" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>158</v>
       </c>
       <c r="F156" t="s">
         <v>8</v>
       </c>
       <c r="G156">
         <v>0.0</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157">
-        <v>333</v>
+        <v>376</v>
       </c>
       <c r="B157">
-        <v>1234992815</v>
+        <v>0</v>
       </c>
       <c r="D157" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>159</v>
       </c>
       <c r="F157" t="s">
         <v>8</v>
       </c>
       <c r="G157">
         <v>0.0</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158">
-        <v>332</v>
+        <v>375</v>
       </c>
       <c r="B158">
-        <v>1234993144</v>
+        <v>0</v>
       </c>
       <c r="D158" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>160</v>
       </c>
       <c r="F158" t="s">
         <v>8</v>
       </c>
       <c r="G158">
         <v>0.0</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159">
-        <v>331</v>
+        <v>374</v>
       </c>
       <c r="B159">
-        <v>1234992778</v>
+        <v>0</v>
       </c>
       <c r="D159" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>161</v>
       </c>
       <c r="F159" t="s">
         <v>8</v>
       </c>
       <c r="G159">
         <v>0.0</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160">
-        <v>330</v>
+        <v>373</v>
       </c>
       <c r="B160">
-        <v>1234993137</v>
+        <v>0</v>
       </c>
       <c r="D160" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>162</v>
       </c>
       <c r="F160" t="s">
         <v>8</v>
       </c>
       <c r="G160">
         <v>0.0</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161">
-        <v>329</v>
+        <v>372</v>
       </c>
       <c r="B161">
-        <v>1234993143</v>
+        <v>0</v>
       </c>
       <c r="D161" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>163</v>
       </c>
       <c r="F161" t="s">
         <v>8</v>
       </c>
       <c r="G161">
         <v>0.0</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162">
-        <v>328</v>
+        <v>371</v>
       </c>
       <c r="B162">
-        <v>1234993142</v>
+        <v>0</v>
       </c>
       <c r="D162" t="s">
-        <v>170</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>164</v>
       </c>
       <c r="F162" t="s">
         <v>8</v>
       </c>
       <c r="G162">
         <v>0.0</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163">
-        <v>327</v>
+        <v>370</v>
       </c>
       <c r="B163">
-        <v>1234992887</v>
+        <v>1</v>
       </c>
       <c r="D163" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="E163" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="F163" t="s">
         <v>8</v>
       </c>
       <c r="G163">
         <v>0.0</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164">
-        <v>326</v>
+        <v>369</v>
       </c>
       <c r="B164">
-        <v>1234993020</v>
+        <v>310375106</v>
       </c>
       <c r="D164" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="E164" t="s">
-        <v>147</v>
+        <v>40</v>
       </c>
       <c r="F164" t="s">
         <v>8</v>
       </c>
       <c r="G164">
         <v>0.0</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165">
-        <v>325</v>
+        <v>368</v>
       </c>
       <c r="B165">
-        <v>1234993139</v>
+        <v>310375106</v>
       </c>
       <c r="D165" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="E165" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="F165" t="s">
         <v>8</v>
       </c>
       <c r="G165">
         <v>0.0</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166">
-        <v>324</v>
+        <v>367</v>
       </c>
       <c r="B166">
-        <v>1128392913</v>
+        <v>0</v>
       </c>
       <c r="D166" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>168</v>
       </c>
       <c r="F166" t="s">
         <v>8</v>
       </c>
       <c r="G166">
         <v>0.0</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167">
-        <v>323</v>
+        <v>366</v>
       </c>
       <c r="B167">
-        <v>1234992739</v>
+        <v>0</v>
       </c>
       <c r="D167" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>169</v>
       </c>
       <c r="F167" t="s">
         <v>8</v>
       </c>
       <c r="G167">
         <v>0.0</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168">
-        <v>322</v>
+        <v>365</v>
       </c>
       <c r="B168">
-        <v>7067669</v>
+        <v>0</v>
       </c>
       <c r="D168" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="F168" t="s">
         <v>8</v>
       </c>
       <c r="G168">
         <v>0.0</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169">
-        <v>321</v>
+        <v>364</v>
       </c>
       <c r="B169">
-        <v>1234992570</v>
+        <v>0</v>
       </c>
       <c r="D169" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>171</v>
       </c>
       <c r="F169" t="s">
         <v>8</v>
       </c>
       <c r="G169">
         <v>0.0</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170">
-        <v>320</v>
+        <v>363</v>
       </c>
       <c r="B170">
-        <v>1234993138</v>
+        <v>1234993163</v>
       </c>
       <c r="D170" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="E170" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F170" t="s">
         <v>8</v>
       </c>
       <c r="G170">
         <v>0.0</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171">
-        <v>319</v>
+        <v>362</v>
       </c>
       <c r="B171">
-        <v>1234992636</v>
+        <v>1234992742</v>
       </c>
       <c r="D171" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="E171" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="F171" t="s">
         <v>8</v>
       </c>
       <c r="G171">
         <v>0.0</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172">
-        <v>318</v>
+        <v>361</v>
       </c>
       <c r="B172">
-        <v>1234992578</v>
+        <v>1234993005</v>
       </c>
       <c r="D172" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="E172" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F172" t="s">
         <v>8</v>
       </c>
       <c r="G172">
         <v>0.0</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173">
-        <v>317</v>
+        <v>360</v>
       </c>
       <c r="B173">
-        <v>1234992666</v>
+        <v>1234993162</v>
       </c>
       <c r="D173" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="E173" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="F173" t="s">
         <v>8</v>
       </c>
       <c r="G173">
         <v>0.0</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174">
-        <v>316</v>
+        <v>359</v>
       </c>
       <c r="B174">
-        <v>1234993136</v>
+        <v>1234993161</v>
       </c>
       <c r="D174" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="E174" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F174" t="s">
         <v>8</v>
       </c>
       <c r="G174">
         <v>0.0</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175">
-        <v>315</v>
+        <v>358</v>
       </c>
       <c r="B175">
-        <v>1234992560</v>
+        <v>1234993160</v>
       </c>
       <c r="D175" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="E175" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F175" t="s">
         <v>8</v>
       </c>
       <c r="G175">
         <v>0.0</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176">
-        <v>314</v>
+        <v>357</v>
       </c>
       <c r="B176">
-        <v>0</v>
+        <v>1234992555</v>
       </c>
       <c r="D176" t="s">
-        <v>184</v>
+        <v>180</v>
+      </c>
+      <c r="E176" t="s">
+        <v>175</v>
       </c>
       <c r="F176" t="s">
         <v>8</v>
       </c>
       <c r="G176">
         <v>0.0</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177">
-        <v>313</v>
+        <v>356</v>
       </c>
       <c r="B177">
-        <v>1234993134</v>
+        <v>1234993159</v>
       </c>
       <c r="D177" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="E177" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="F177" t="s">
         <v>8</v>
       </c>
       <c r="G177">
         <v>0.0</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178">
-        <v>312</v>
+        <v>355</v>
       </c>
       <c r="B178">
-        <v>1234992528</v>
+        <v>1234993158</v>
       </c>
       <c r="D178" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="E178" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F178" t="s">
         <v>8</v>
       </c>
       <c r="G178">
         <v>0.0</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179">
-        <v>311</v>
+        <v>354</v>
       </c>
       <c r="B179">
-        <v>1234993135</v>
+        <v>7067669</v>
       </c>
       <c r="D179" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="E179" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F179" t="s">
         <v>8</v>
       </c>
       <c r="G179">
         <v>0.0</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180">
-        <v>310</v>
+        <v>353</v>
       </c>
       <c r="B180">
-        <v>1234992744</v>
+        <v>1234993157</v>
       </c>
       <c r="D180" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="E180" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F180" t="s">
         <v>8</v>
       </c>
       <c r="G180">
         <v>0.0</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181">
-        <v>309</v>
+        <v>352</v>
       </c>
       <c r="B181">
-        <v>1234993133</v>
+        <v>1234992772</v>
       </c>
       <c r="D181" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="E181" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F181" t="s">
         <v>8</v>
       </c>
       <c r="G181">
         <v>0.0</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182">
-        <v>308</v>
+        <v>351</v>
       </c>
       <c r="B182">
-        <v>1234993132</v>
+        <v>1234993155</v>
       </c>
       <c r="D182" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="E182" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F182" t="s">
         <v>8</v>
       </c>
       <c r="G182">
         <v>0.0</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183">
-        <v>307</v>
+        <v>350</v>
       </c>
       <c r="B183">
-        <v>1234992878</v>
+        <v>1036602768</v>
       </c>
       <c r="D183" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="E183" t="s">
-        <v>145</v>
+        <v>175</v>
       </c>
       <c r="F183" t="s">
         <v>8</v>
       </c>
       <c r="G183">
         <v>0.0</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184">
-        <v>306</v>
+        <v>349</v>
       </c>
       <c r="B184">
-        <v>1234993131</v>
+        <v>42789329</v>
       </c>
       <c r="D184" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="E184" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F184" t="s">
         <v>8</v>
       </c>
       <c r="G184">
         <v>0.0</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185">
-        <v>305</v>
+        <v>348</v>
       </c>
       <c r="B185">
         <v>1234992575</v>
       </c>
       <c r="D185" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="E185" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F185" t="s">
         <v>8</v>
       </c>
       <c r="G185">
         <v>0.0</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186">
-        <v>304</v>
+        <v>347</v>
       </c>
       <c r="B186">
-        <v>7067669</v>
+        <v>1234993153</v>
       </c>
       <c r="D186" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="E186" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="F186" t="s">
         <v>8</v>
       </c>
       <c r="G186">
         <v>0.0</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187">
-        <v>303</v>
+        <v>346</v>
       </c>
       <c r="B187">
-        <v>5839213</v>
+        <v>1234993151</v>
       </c>
       <c r="D187" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="E187" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F187" t="s">
         <v>8</v>
       </c>
       <c r="G187">
         <v>0.0</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188">
-        <v>302</v>
+        <v>345</v>
       </c>
       <c r="B188">
-        <v>1234992755</v>
+        <v>1234993154</v>
       </c>
       <c r="D188" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="E188" t="s">
-        <v>145</v>
+        <v>188</v>
       </c>
       <c r="F188" t="s">
         <v>8</v>
       </c>
       <c r="G188">
         <v>0.0</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189">
-        <v>301</v>
+        <v>344</v>
       </c>
       <c r="B189">
-        <v>1234993130</v>
+        <v>1234993152</v>
       </c>
       <c r="D189" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="E189" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F189" t="s">
         <v>8</v>
       </c>
       <c r="G189">
         <v>0.0</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190">
-        <v>300</v>
+        <v>343</v>
       </c>
       <c r="B190">
-        <v>1234993128</v>
+        <v>71587020</v>
       </c>
       <c r="D190" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="E190" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F190" t="s">
         <v>8</v>
       </c>
       <c r="G190">
         <v>0.0</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191">
-        <v>299</v>
+        <v>342</v>
       </c>
       <c r="B191">
-        <v>1234992949</v>
+        <v>1234993150</v>
       </c>
       <c r="D191" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="E191" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="F191" t="s">
         <v>8</v>
       </c>
       <c r="G191">
         <v>0.0</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192">
-        <v>298</v>
+        <v>341</v>
       </c>
       <c r="B192">
-        <v>1234993129</v>
+        <v>1234993149</v>
       </c>
       <c r="D192" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="E192" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F192" t="s">
         <v>8</v>
       </c>
       <c r="G192">
         <v>0.0</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193">
-        <v>297</v>
+        <v>340</v>
       </c>
       <c r="B193">
-        <v>1234993047</v>
+        <v>1001510768</v>
       </c>
       <c r="D193" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="E193" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="F193" t="s">
         <v>8</v>
       </c>
       <c r="G193">
         <v>0.0</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194">
-        <v>296</v>
+        <v>339</v>
       </c>
       <c r="B194">
-        <v>1234993127</v>
+        <v>1234993148</v>
       </c>
       <c r="D194" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="E194" t="s">
-        <v>145</v>
+        <v>188</v>
       </c>
       <c r="F194" t="s">
         <v>8</v>
       </c>
       <c r="G194">
         <v>0.0</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195">
-        <v>295</v>
+        <v>338</v>
       </c>
       <c r="B195">
-        <v>1234992821</v>
+        <v>1234992525</v>
       </c>
       <c r="D195" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="E195" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="F195" t="s">
         <v>8</v>
       </c>
       <c r="G195">
         <v>0.0</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196">
-        <v>294</v>
+        <v>337</v>
       </c>
       <c r="B196">
-        <v>1234992753</v>
+        <v>1234993140</v>
       </c>
       <c r="D196" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="E196" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F196" t="s">
         <v>8</v>
       </c>
       <c r="G196">
         <v>0.0</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197">
-        <v>293</v>
+        <v>336</v>
       </c>
       <c r="B197">
-        <v>1234993126</v>
+        <v>1234992601</v>
       </c>
       <c r="D197" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="E197" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F197" t="s">
         <v>8</v>
       </c>
       <c r="G197">
         <v>0.0</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198">
-        <v>292</v>
+        <v>335</v>
       </c>
       <c r="B198">
-        <v>1234993125</v>
+        <v>1234993146</v>
       </c>
       <c r="D198" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="E198" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="F198" t="s">
         <v>8</v>
       </c>
       <c r="G198">
         <v>0.0</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199">
-        <v>291</v>
+        <v>334</v>
       </c>
       <c r="B199">
-        <v>1234993124</v>
+        <v>1234993038</v>
       </c>
       <c r="D199" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="E199" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F199" t="s">
         <v>8</v>
       </c>
       <c r="G199">
         <v>0.0</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200">
-        <v>290</v>
+        <v>333</v>
       </c>
       <c r="B200">
-        <v>1234993123</v>
+        <v>1234992815</v>
       </c>
       <c r="D200" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="E200" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F200" t="s">
         <v>8</v>
       </c>
       <c r="G200">
         <v>0.0</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201">
-        <v>289</v>
+        <v>332</v>
       </c>
       <c r="B201">
-        <v>1234993122</v>
+        <v>1234993144</v>
       </c>
       <c r="D201" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="E201" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F201" t="s">
         <v>8</v>
       </c>
       <c r="G201">
         <v>0.0</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202">
-        <v>288</v>
+        <v>331</v>
       </c>
       <c r="B202">
-        <v>1234993121</v>
+        <v>1234992778</v>
       </c>
       <c r="D202" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="E202" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F202" t="s">
         <v>8</v>
       </c>
       <c r="G202">
         <v>0.0</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203">
-        <v>287</v>
+        <v>330</v>
       </c>
       <c r="B203">
-        <v>1234993117</v>
+        <v>1234993137</v>
       </c>
       <c r="D203" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="E203" t="s">
-        <v>147</v>
+        <v>186</v>
       </c>
       <c r="F203" t="s">
         <v>8</v>
       </c>
       <c r="G203">
         <v>0.0</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204">
-        <v>286</v>
+        <v>329</v>
       </c>
       <c r="B204">
-        <v>43260048</v>
+        <v>1234993143</v>
       </c>
       <c r="D204" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="E204" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F204" t="s">
         <v>8</v>
       </c>
       <c r="G204">
         <v>0.0</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205">
-        <v>285</v>
+        <v>328</v>
       </c>
       <c r="B205">
-        <v>1234993120</v>
+        <v>1234993142</v>
       </c>
       <c r="D205" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="E205" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F205" t="s">
         <v>8</v>
       </c>
       <c r="G205">
         <v>0.0</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206">
-        <v>284</v>
+        <v>327</v>
       </c>
       <c r="B206">
-        <v>1234993119</v>
+        <v>1234992887</v>
       </c>
       <c r="D206" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="E206" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F206" t="s">
         <v>8</v>
       </c>
       <c r="G206">
         <v>0.0</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207">
-        <v>283</v>
+        <v>326</v>
       </c>
       <c r="B207">
-        <v>1234992558</v>
+        <v>1234993020</v>
       </c>
       <c r="D207" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="E207" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F207" t="s">
         <v>8</v>
       </c>
       <c r="G207">
         <v>0.0</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208">
-        <v>282</v>
+        <v>325</v>
       </c>
       <c r="B208">
-        <v>1234993118</v>
+        <v>1234993139</v>
       </c>
       <c r="D208" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="E208" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F208" t="s">
         <v>8</v>
       </c>
       <c r="G208">
         <v>0.0</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209">
-        <v>281</v>
+        <v>324</v>
       </c>
       <c r="B209">
-        <v>1234992492</v>
+        <v>1128392913</v>
       </c>
       <c r="D209" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="E209" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F209" t="s">
         <v>8</v>
       </c>
       <c r="G209">
         <v>0.0</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210">
-        <v>280</v>
+        <v>323</v>
       </c>
       <c r="B210">
-        <v>4967548</v>
+        <v>1234992739</v>
       </c>
       <c r="D210" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="E210" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F210" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G210">
         <v>0.0</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211">
-        <v>279</v>
+        <v>322</v>
       </c>
       <c r="B211">
-        <v>1234993115</v>
+        <v>7067669</v>
       </c>
       <c r="D211" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="E211" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F211" t="s">
         <v>8</v>
       </c>
       <c r="G211">
         <v>0.0</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212">
-        <v>278</v>
+        <v>321</v>
       </c>
       <c r="B212">
-        <v>0</v>
+        <v>1234992570</v>
       </c>
       <c r="D212" t="s">
-        <v>220</v>
+        <v>218</v>
+      </c>
+      <c r="E212" t="s">
+        <v>173</v>
       </c>
       <c r="F212" t="s">
         <v>8</v>
       </c>
       <c r="G212">
         <v>0.0</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213">
-        <v>277</v>
+        <v>320</v>
       </c>
       <c r="B213">
-        <v>1234993116</v>
+        <v>1234993138</v>
       </c>
       <c r="D213" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="E213" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F213" t="s">
         <v>8</v>
       </c>
       <c r="G213">
         <v>0.0</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214">
-        <v>276</v>
+        <v>319</v>
       </c>
       <c r="B214">
-        <v>7067669</v>
+        <v>1234992636</v>
       </c>
       <c r="D214" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="E214" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F214" t="s">
         <v>8</v>
       </c>
       <c r="G214">
         <v>0.0</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215">
-        <v>275</v>
+        <v>318</v>
       </c>
       <c r="B215">
-        <v>1234992977</v>
+        <v>1234992578</v>
       </c>
       <c r="D215" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="E215" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F215" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G215">
         <v>0.0</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216">
-        <v>274</v>
+        <v>317</v>
       </c>
       <c r="B216">
-        <v>1234992856</v>
+        <v>1234992666</v>
       </c>
       <c r="D216" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="E216" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F216" t="s">
         <v>8</v>
       </c>
       <c r="G216">
         <v>0.0</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217">
-        <v>273</v>
+        <v>316</v>
       </c>
       <c r="B217">
-        <v>43626070</v>
+        <v>1234993136</v>
       </c>
       <c r="D217" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="E217" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F217" t="s">
         <v>8</v>
       </c>
       <c r="G217">
         <v>0.0</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218">
-        <v>272</v>
+        <v>315</v>
       </c>
       <c r="B218">
-        <v>1234993114</v>
+        <v>1234992560</v>
       </c>
       <c r="D218" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="E218" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="F218" t="s">
         <v>8</v>
       </c>
       <c r="G218">
         <v>0.0</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219">
-        <v>271</v>
+        <v>314</v>
       </c>
       <c r="B219">
-        <v>1234992926</v>
+        <v>0</v>
       </c>
       <c r="D219" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>225</v>
       </c>
       <c r="F219" t="s">
         <v>8</v>
       </c>
       <c r="G219">
         <v>0.0</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220">
-        <v>270</v>
+        <v>313</v>
       </c>
       <c r="B220">
-        <v>1234992883</v>
+        <v>1234993134</v>
       </c>
       <c r="D220" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="E220" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F220" t="s">
         <v>8</v>
       </c>
       <c r="G220">
         <v>0.0</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221">
-        <v>269</v>
+        <v>312</v>
       </c>
       <c r="B221">
-        <v>1234993113</v>
+        <v>1234992528</v>
       </c>
       <c r="D221" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="E221" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F221" t="s">
         <v>8</v>
       </c>
       <c r="G221">
         <v>0.0</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222">
-        <v>268</v>
+        <v>311</v>
       </c>
       <c r="B222">
-        <v>1234993034</v>
+        <v>1234993135</v>
       </c>
       <c r="D222" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="E222" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F222" t="s">
         <v>8</v>
       </c>
       <c r="G222">
         <v>0.0</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223">
-        <v>267</v>
+        <v>310</v>
       </c>
       <c r="B223">
-        <v>1234993100</v>
+        <v>1234992744</v>
       </c>
       <c r="D223" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="E223" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F223" t="s">
         <v>8</v>
       </c>
       <c r="G223">
         <v>0.0</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224">
-        <v>266</v>
+        <v>309</v>
       </c>
       <c r="B224">
-        <v>42693484</v>
+        <v>1234993133</v>
       </c>
       <c r="D224" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="E224" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F224" t="s">
         <v>8</v>
       </c>
       <c r="G224">
         <v>0.0</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225">
-        <v>265</v>
+        <v>308</v>
       </c>
       <c r="B225">
-        <v>1234993110</v>
+        <v>1234993132</v>
       </c>
       <c r="D225" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="E225" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F225" t="s">
         <v>8</v>
       </c>
       <c r="G225">
         <v>0.0</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226">
-        <v>264</v>
+        <v>307</v>
       </c>
       <c r="B226">
-        <v>1040733219</v>
+        <v>1234992878</v>
       </c>
       <c r="D226" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="E226" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F226" t="s">
         <v>8</v>
       </c>
       <c r="G226">
         <v>0.0</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227">
-        <v>263</v>
+        <v>306</v>
       </c>
       <c r="B227">
-        <v>1234993112</v>
+        <v>1234993131</v>
       </c>
       <c r="D227" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="E227" t="s">
-        <v>147</v>
+        <v>186</v>
       </c>
       <c r="F227" t="s">
         <v>8</v>
       </c>
       <c r="G227">
         <v>0.0</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228">
-        <v>262</v>
+        <v>305</v>
       </c>
       <c r="B228">
-        <v>1234992563</v>
+        <v>1234992575</v>
       </c>
       <c r="D228" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="E228" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F228" t="s">
         <v>8</v>
       </c>
       <c r="G228">
         <v>0.0</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229">
-        <v>261</v>
+        <v>304</v>
       </c>
       <c r="B229">
-        <v>1234992497</v>
+        <v>7067669</v>
       </c>
       <c r="D229" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="E229" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F229" t="s">
         <v>8</v>
       </c>
       <c r="G229">
         <v>0.0</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230">
-        <v>260</v>
+        <v>303</v>
       </c>
       <c r="B230">
-        <v>1234993111</v>
+        <v>5839213</v>
       </c>
       <c r="D230" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="E230" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F230" t="s">
         <v>8</v>
       </c>
       <c r="G230">
         <v>0.0</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231">
-        <v>259</v>
+        <v>302</v>
       </c>
       <c r="B231">
-        <v>1234993109</v>
+        <v>1234992755</v>
       </c>
       <c r="D231" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="E231" t="s">
-        <v>147</v>
+        <v>186</v>
       </c>
       <c r="F231" t="s">
         <v>8</v>
       </c>
       <c r="G231">
         <v>0.0</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232">
-        <v>258</v>
+        <v>301</v>
       </c>
       <c r="B232">
-        <v>1234992567</v>
+        <v>1234993130</v>
       </c>
       <c r="D232" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="E232" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F232" t="s">
         <v>8</v>
       </c>
       <c r="G232">
         <v>0.0</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233">
-        <v>257</v>
+        <v>300</v>
       </c>
       <c r="B233">
-        <v>1234992493</v>
+        <v>1234993128</v>
       </c>
       <c r="D233" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="E233" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="F233" t="s">
         <v>8</v>
       </c>
       <c r="G233">
         <v>0.0</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234">
-        <v>256</v>
+        <v>299</v>
       </c>
       <c r="B234">
-        <v>1234992560</v>
+        <v>1234992949</v>
       </c>
       <c r="D234" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="E234" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F234" t="s">
         <v>8</v>
       </c>
       <c r="G234">
         <v>0.0</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235">
-        <v>255</v>
+        <v>298</v>
       </c>
       <c r="B235">
-        <v>315575772</v>
+        <v>1234993129</v>
       </c>
       <c r="D235" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="E235" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F235" t="s">
         <v>8</v>
       </c>
       <c r="G235">
         <v>0.0</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236">
-        <v>254</v>
+        <v>297</v>
       </c>
       <c r="B236">
-        <v>1234992702</v>
+        <v>1234993047</v>
       </c>
       <c r="D236" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="E236" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F236" t="s">
         <v>8</v>
       </c>
       <c r="G236">
         <v>0.0</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237">
-        <v>253</v>
+        <v>296</v>
       </c>
       <c r="B237">
-        <v>1234993107</v>
+        <v>1234993127</v>
       </c>
       <c r="D237" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="E237" t="s">
-        <v>145</v>
+        <v>186</v>
       </c>
       <c r="F237" t="s">
         <v>8</v>
       </c>
       <c r="G237">
         <v>0.0</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238">
-        <v>252</v>
+        <v>295</v>
       </c>
       <c r="B238">
-        <v>1234992855</v>
+        <v>1234992821</v>
       </c>
       <c r="D238" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="E238" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F238" t="s">
         <v>8</v>
       </c>
       <c r="G238">
         <v>0.0</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239">
-        <v>251</v>
+        <v>294</v>
       </c>
       <c r="B239">
-        <v>1234992575</v>
+        <v>1234992753</v>
       </c>
       <c r="D239" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="E239" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F239" t="s">
         <v>8</v>
       </c>
       <c r="G239">
         <v>0.0</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240">
-        <v>250</v>
+        <v>293</v>
       </c>
       <c r="B240">
-        <v>1234993106</v>
+        <v>1234993126</v>
       </c>
       <c r="D240" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="E240" t="s">
-        <v>147</v>
+        <v>186</v>
       </c>
       <c r="F240" t="s">
         <v>8</v>
       </c>
       <c r="G240">
         <v>0.0</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241">
-        <v>249</v>
+        <v>292</v>
       </c>
       <c r="B241">
-        <v>1234993105</v>
+        <v>1234993125</v>
       </c>
       <c r="D241" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="E241" t="s">
-        <v>145</v>
+        <v>188</v>
       </c>
       <c r="F241" t="s">
         <v>8</v>
       </c>
       <c r="G241">
         <v>0.0</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242">
+        <v>291</v>
+      </c>
+      <c r="B242">
+        <v>1234993124</v>
+      </c>
+      <c r="D242" t="s">
         <v>248</v>
       </c>
-      <c r="B242">
-[...4 lines deleted...]
-      </c>
       <c r="E242" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F242" t="s">
         <v>8</v>
       </c>
       <c r="G242">
         <v>0.0</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243">
-        <v>247</v>
+        <v>290</v>
       </c>
       <c r="B243">
-        <v>1234993103</v>
+        <v>1234993123</v>
       </c>
       <c r="D243" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="E243" t="s">
-        <v>134</v>
+        <v>173</v>
       </c>
       <c r="F243" t="s">
         <v>8</v>
       </c>
       <c r="G243">
         <v>0.0</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244">
-        <v>246</v>
+        <v>289</v>
       </c>
       <c r="B244">
-        <v>1234993104</v>
+        <v>1234993122</v>
       </c>
       <c r="D244" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="E244" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F244" t="s">
         <v>8</v>
       </c>
       <c r="G244">
         <v>0.0</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245">
-        <v>245</v>
+        <v>288</v>
       </c>
       <c r="B245">
-        <v>1234993102</v>
+        <v>1234993121</v>
       </c>
       <c r="D245" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="E245" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F245" t="s">
-        <v>254</v>
+        <v>8</v>
       </c>
       <c r="G245">
         <v>0.0</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246">
-        <v>244</v>
+        <v>287</v>
       </c>
       <c r="B246">
-        <v>1234993101</v>
+        <v>1234993117</v>
       </c>
       <c r="D246" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E246" t="s">
-        <v>145</v>
+        <v>188</v>
       </c>
       <c r="F246" t="s">
         <v>8</v>
       </c>
       <c r="G246">
         <v>0.0</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247">
-        <v>243</v>
+        <v>286</v>
       </c>
       <c r="B247">
-        <v>1234993069</v>
+        <v>43260048</v>
       </c>
       <c r="D247" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="E247" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F247" t="s">
         <v>8</v>
       </c>
       <c r="G247">
         <v>0.0</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248">
-        <v>242</v>
+        <v>285</v>
       </c>
       <c r="B248">
-        <v>4077654</v>
+        <v>1234993120</v>
       </c>
       <c r="D248" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="E248" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F248" t="s">
         <v>8</v>
       </c>
       <c r="G248">
         <v>0.0</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249">
-        <v>241</v>
+        <v>284</v>
       </c>
       <c r="B249">
-        <v>1234993099</v>
+        <v>1234993119</v>
       </c>
       <c r="D249" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="E249" t="s">
-        <v>134</v>
+        <v>173</v>
       </c>
       <c r="F249" t="s">
         <v>8</v>
       </c>
       <c r="G249">
         <v>0.0</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250">
-        <v>240</v>
+        <v>283</v>
       </c>
       <c r="B250">
-        <v>1234992754</v>
+        <v>1234992558</v>
       </c>
       <c r="D250" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="E250" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F250" t="s">
         <v>8</v>
       </c>
       <c r="G250">
         <v>0.0</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251">
-        <v>239</v>
+        <v>282</v>
       </c>
       <c r="B251">
-        <v>1234992539</v>
+        <v>1234993118</v>
       </c>
       <c r="D251" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="E251" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F251" t="s">
         <v>8</v>
       </c>
       <c r="G251">
         <v>0.0</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252">
-        <v>238</v>
+        <v>281</v>
       </c>
       <c r="B252">
-        <v>1234993098</v>
+        <v>1234992492</v>
       </c>
       <c r="D252" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="E252" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F252" t="s">
         <v>8</v>
       </c>
       <c r="G252">
         <v>0.0</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253">
-        <v>237</v>
+        <v>280</v>
       </c>
       <c r="B253">
-        <v>1234992561</v>
+        <v>4967548</v>
       </c>
       <c r="D253" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="E253" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F253" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="G253">
         <v>0.0</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254">
-        <v>236</v>
+        <v>279</v>
       </c>
       <c r="B254">
-        <v>1234992563</v>
+        <v>1234993115</v>
       </c>
       <c r="D254" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="E254" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F254" t="s">
         <v>8</v>
       </c>
       <c r="G254">
         <v>0.0</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255">
-        <v>235</v>
+        <v>278</v>
       </c>
       <c r="B255">
-        <v>1234993096</v>
+        <v>0</v>
       </c>
       <c r="D255" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>261</v>
       </c>
       <c r="F255" t="s">
         <v>8</v>
       </c>
       <c r="G255">
         <v>0.0</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256">
-        <v>234</v>
+        <v>277</v>
       </c>
       <c r="B256">
-        <v>1234993097</v>
+        <v>1234993116</v>
       </c>
       <c r="D256" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="E256" t="s">
-        <v>134</v>
+        <v>186</v>
       </c>
       <c r="F256" t="s">
         <v>8</v>
       </c>
       <c r="G256">
         <v>0.0</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257">
-        <v>233</v>
+        <v>276</v>
       </c>
       <c r="B257">
-        <v>1234992797</v>
+        <v>7067669</v>
       </c>
       <c r="D257" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="E257" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F257" t="s">
         <v>8</v>
       </c>
       <c r="G257">
         <v>0.0</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258">
-        <v>232</v>
+        <v>275</v>
       </c>
       <c r="B258">
-        <v>1234992619</v>
+        <v>1234992977</v>
       </c>
       <c r="D258" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="E258" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F258" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="G258">
         <v>0.0</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259">
-        <v>231</v>
+        <v>274</v>
       </c>
       <c r="B259">
-        <v>1234993095</v>
+        <v>1234992856</v>
       </c>
       <c r="D259" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="E259" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F259" t="s">
         <v>8</v>
       </c>
       <c r="G259">
         <v>0.0</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260">
-        <v>230</v>
+        <v>273</v>
       </c>
       <c r="B260">
-        <v>1036641786</v>
+        <v>43626070</v>
       </c>
       <c r="D260" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="E260" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F260" t="s">
         <v>8</v>
       </c>
       <c r="G260">
         <v>0.0</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261">
-        <v>229</v>
+        <v>272</v>
       </c>
       <c r="B261">
-        <v>1234992558</v>
+        <v>1234993114</v>
       </c>
       <c r="D261" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="E261" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F261" t="s">
         <v>8</v>
       </c>
       <c r="G261">
         <v>0.0</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262">
-        <v>228</v>
+        <v>271</v>
       </c>
       <c r="B262">
-        <v>1234993093</v>
+        <v>1234992926</v>
       </c>
       <c r="D262" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="E262" t="s">
-        <v>134</v>
+        <v>186</v>
       </c>
       <c r="F262" t="s">
         <v>8</v>
       </c>
       <c r="G262">
         <v>0.0</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263">
-        <v>227</v>
+        <v>270</v>
       </c>
       <c r="B263">
-        <v>1234993094</v>
+        <v>1234992883</v>
       </c>
       <c r="D263" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="E263" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F263" t="s">
         <v>8</v>
       </c>
       <c r="G263">
         <v>0.0</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264">
-        <v>226</v>
+        <v>269</v>
       </c>
       <c r="B264">
-        <v>1234993090</v>
+        <v>1234993113</v>
       </c>
       <c r="D264" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="E264" t="s">
-        <v>145</v>
+        <v>188</v>
       </c>
       <c r="F264" t="s">
         <v>8</v>
       </c>
       <c r="G264">
         <v>0.0</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265">
-        <v>225</v>
+        <v>268</v>
       </c>
       <c r="B265">
-        <v>1234993091</v>
+        <v>1234993034</v>
       </c>
       <c r="D265" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="E265" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F265" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G265">
         <v>0.0</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266">
-        <v>224</v>
+        <v>267</v>
       </c>
       <c r="B266">
-        <v>1234993088</v>
+        <v>1234993100</v>
       </c>
       <c r="D266" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="E266" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="F266" t="s">
         <v>8</v>
       </c>
       <c r="G266">
         <v>0.0</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267">
-        <v>223</v>
+        <v>266</v>
       </c>
       <c r="B267">
-        <v>1234993089</v>
+        <v>42693484</v>
       </c>
       <c r="D267" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="E267" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F267" t="s">
         <v>8</v>
       </c>
       <c r="G267">
         <v>0.0</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268">
-        <v>222</v>
+        <v>265</v>
       </c>
       <c r="B268">
-        <v>1234993087</v>
+        <v>1234993110</v>
       </c>
       <c r="D268" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="E268" t="s">
-        <v>147</v>
+        <v>186</v>
       </c>
       <c r="F268" t="s">
         <v>8</v>
       </c>
       <c r="G268">
         <v>0.0</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269">
-        <v>221</v>
+        <v>264</v>
       </c>
       <c r="B269">
-        <v>1234992567</v>
+        <v>1040733219</v>
       </c>
       <c r="D269" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="E269" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F269" t="s">
         <v>8</v>
       </c>
       <c r="G269">
         <v>0.0</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270">
-        <v>220</v>
+        <v>263</v>
       </c>
       <c r="B270">
-        <v>1234993086</v>
+        <v>1234993112</v>
       </c>
       <c r="D270" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="E270" t="s">
-        <v>134</v>
+        <v>188</v>
       </c>
       <c r="F270" t="s">
         <v>8</v>
       </c>
       <c r="G270">
         <v>0.0</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271">
-        <v>219</v>
+        <v>262</v>
       </c>
       <c r="B271">
-        <v>321951214</v>
+        <v>1234992563</v>
       </c>
       <c r="D271" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="E271" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F271" t="s">
         <v>8</v>
       </c>
       <c r="G271">
         <v>0.0</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272">
-        <v>218</v>
+        <v>261</v>
       </c>
       <c r="B272">
-        <v>2872467</v>
+        <v>1234992497</v>
       </c>
       <c r="D272" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="E272" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F272" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G272">
         <v>0.0</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273">
-        <v>217</v>
+        <v>260</v>
       </c>
       <c r="B273">
-        <v>310831677</v>
+        <v>1234993111</v>
       </c>
       <c r="D273" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="E273" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F273" t="s">
         <v>8</v>
       </c>
       <c r="G273">
         <v>0.0</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274">
-        <v>216</v>
+        <v>259</v>
       </c>
       <c r="B274">
-        <v>1234993084</v>
+        <v>1234993109</v>
       </c>
       <c r="D274" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="E274" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="F274" t="s">
         <v>8</v>
       </c>
       <c r="G274">
         <v>0.0</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275">
-        <v>215</v>
+        <v>258</v>
       </c>
       <c r="B275">
-        <v>1234993085</v>
+        <v>1234992567</v>
       </c>
       <c r="D275" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="E275" t="s">
-        <v>134</v>
+        <v>173</v>
       </c>
       <c r="F275" t="s">
         <v>8</v>
       </c>
       <c r="G275">
         <v>0.0</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276">
-        <v>214</v>
+        <v>257</v>
       </c>
       <c r="B276">
-        <v>1234993083</v>
+        <v>1234992493</v>
       </c>
       <c r="D276" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="E276" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F276" t="s">
-        <v>254</v>
+        <v>8</v>
       </c>
       <c r="G276">
-        <v>33.9</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277">
-        <v>213</v>
+        <v>256</v>
       </c>
       <c r="B277">
-        <v>1234993079</v>
+        <v>1234992560</v>
       </c>
       <c r="D277" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="E277" t="s">
-        <v>134</v>
+        <v>188</v>
       </c>
       <c r="F277" t="s">
         <v>8</v>
       </c>
       <c r="G277">
         <v>0.0</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278">
-        <v>212</v>
+        <v>255</v>
       </c>
       <c r="B278">
-        <v>43815666</v>
+        <v>315575772</v>
       </c>
       <c r="D278" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="E278" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F278" t="s">
         <v>8</v>
       </c>
       <c r="G278">
         <v>0.0</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279">
-        <v>211</v>
+        <v>254</v>
       </c>
       <c r="B279">
-        <v>3389557</v>
+        <v>1234992702</v>
       </c>
       <c r="D279" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="E279" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F279" t="s">
         <v>8</v>
       </c>
       <c r="G279">
         <v>0.0</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280">
-        <v>210</v>
+        <v>253</v>
       </c>
       <c r="B280">
-        <v>1234993081</v>
+        <v>1234993107</v>
       </c>
       <c r="D280" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="E280" t="s">
-        <v>147</v>
+        <v>186</v>
       </c>
       <c r="F280" t="s">
         <v>8</v>
       </c>
       <c r="G280">
         <v>0.0</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281">
-        <v>209</v>
+        <v>252</v>
       </c>
       <c r="B281">
-        <v>1234993078</v>
+        <v>1234992855</v>
       </c>
       <c r="D281" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E281" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="F281" t="s">
         <v>8</v>
       </c>
       <c r="G281">
         <v>0.0</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282">
-        <v>208</v>
+        <v>251</v>
       </c>
       <c r="B282">
-        <v>1234993080</v>
+        <v>1234992575</v>
       </c>
       <c r="D282" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="E282" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F282" t="s">
         <v>8</v>
       </c>
       <c r="G282">
         <v>0.0</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283">
-        <v>207</v>
+        <v>250</v>
       </c>
       <c r="B283">
-        <v>1234993077</v>
+        <v>1234993106</v>
       </c>
       <c r="D283" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="E283" t="s">
-        <v>134</v>
+        <v>188</v>
       </c>
       <c r="F283" t="s">
         <v>8</v>
       </c>
       <c r="G283">
         <v>0.0</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284">
-        <v>206</v>
+        <v>249</v>
       </c>
       <c r="B284">
-        <v>1234992565</v>
+        <v>1234993105</v>
       </c>
       <c r="D284" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="E284" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F284" t="s">
         <v>8</v>
       </c>
       <c r="G284">
         <v>0.0</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285">
-        <v>205</v>
+        <v>248</v>
       </c>
       <c r="B285">
-        <v>1234992570</v>
+        <v>1234993100</v>
       </c>
       <c r="D285" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="E285" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F285" t="s">
         <v>8</v>
       </c>
       <c r="G285">
         <v>0.0</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286">
-        <v>204</v>
+        <v>247</v>
       </c>
       <c r="B286">
-        <v>1234992713</v>
+        <v>1234993103</v>
       </c>
       <c r="D286" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="E286" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="F286" t="s">
         <v>8</v>
       </c>
       <c r="G286">
         <v>0.0</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287">
-        <v>203</v>
+        <v>246</v>
       </c>
       <c r="B287">
-        <v>1234993075</v>
+        <v>1234993104</v>
       </c>
       <c r="D287" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="E287" t="s">
-        <v>134</v>
+        <v>173</v>
       </c>
       <c r="F287" t="s">
         <v>8</v>
       </c>
       <c r="G287">
         <v>0.0</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288">
-        <v>202</v>
+        <v>245</v>
       </c>
       <c r="B288">
-        <v>1234993076</v>
+        <v>1234993102</v>
       </c>
       <c r="D288" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="E288" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F288" t="s">
-        <v>8</v>
+        <v>295</v>
       </c>
       <c r="G288">
         <v>0.0</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289">
-        <v>201</v>
+        <v>244</v>
       </c>
       <c r="B289">
-        <v>1234992754</v>
+        <v>1234993101</v>
       </c>
       <c r="D289" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="E289" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F289" t="s">
         <v>8</v>
       </c>
       <c r="G289">
         <v>0.0</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290">
-        <v>200</v>
+        <v>243</v>
       </c>
       <c r="B290">
-        <v>7639123</v>
+        <v>1234993069</v>
       </c>
       <c r="D290" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="E290" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F290" t="s">
         <v>8</v>
       </c>
       <c r="G290">
         <v>0.0</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291">
-        <v>199</v>
+        <v>242</v>
       </c>
       <c r="B291">
-        <v>1234993074</v>
+        <v>4077654</v>
       </c>
       <c r="D291" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="E291" t="s">
-        <v>134</v>
+        <v>173</v>
       </c>
       <c r="F291" t="s">
         <v>8</v>
       </c>
       <c r="G291">
         <v>0.0</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292">
-        <v>198</v>
+        <v>241</v>
       </c>
       <c r="B292">
-        <v>1234993073</v>
+        <v>1234993099</v>
       </c>
       <c r="D292" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="E292" t="s">
-        <v>134</v>
+        <v>175</v>
       </c>
       <c r="F292" t="s">
         <v>8</v>
       </c>
       <c r="G292">
         <v>0.0</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293">
-        <v>197</v>
+        <v>240</v>
       </c>
       <c r="B293">
-        <v>1234993072</v>
+        <v>1234992754</v>
       </c>
       <c r="D293" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="E293" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F293" t="s">
         <v>8</v>
       </c>
       <c r="G293">
         <v>0.0</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294">
-        <v>196</v>
+        <v>239</v>
       </c>
       <c r="B294">
-        <v>1234993067</v>
+        <v>1234992539</v>
       </c>
       <c r="D294" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="E294" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F294" t="s">
         <v>8</v>
       </c>
       <c r="G294">
         <v>0.0</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295">
-        <v>195</v>
+        <v>238</v>
       </c>
       <c r="B295">
-        <v>1234993071</v>
+        <v>1234993098</v>
       </c>
       <c r="D295" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="E295" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F295" t="s">
         <v>8</v>
       </c>
       <c r="G295">
         <v>0.0</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296">
-        <v>194</v>
+        <v>237</v>
       </c>
       <c r="B296">
-        <v>1234992560</v>
+        <v>1234992561</v>
       </c>
       <c r="D296" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="E296" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F296" t="s">
         <v>8</v>
       </c>
       <c r="G296">
         <v>0.0</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297">
-        <v>193</v>
+        <v>236</v>
       </c>
       <c r="B297">
-        <v>1234993070</v>
+        <v>1234992563</v>
       </c>
       <c r="D297" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="E297" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F297" t="s">
         <v>8</v>
       </c>
       <c r="G297">
         <v>0.0</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298">
-        <v>192</v>
+        <v>235</v>
       </c>
       <c r="B298">
-        <v>1234992677</v>
+        <v>1234993096</v>
       </c>
       <c r="D298" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="E298" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F298" t="s">
         <v>8</v>
       </c>
       <c r="G298">
         <v>0.0</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299">
-        <v>191</v>
+        <v>234</v>
       </c>
       <c r="B299">
-        <v>322597162</v>
+        <v>1234993097</v>
       </c>
       <c r="D299" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="E299" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="F299" t="s">
         <v>8</v>
       </c>
       <c r="G299">
         <v>0.0</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300">
-        <v>190</v>
+        <v>233</v>
       </c>
       <c r="B300">
-        <v>301775790</v>
+        <v>1234992797</v>
       </c>
       <c r="D300" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="E300" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F300" t="s">
         <v>8</v>
       </c>
       <c r="G300">
         <v>0.0</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301">
-        <v>189</v>
+        <v>232</v>
       </c>
       <c r="B301">
-        <v>3559564</v>
+        <v>1234992619</v>
       </c>
       <c r="D301" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="E301" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F301" t="s">
         <v>8</v>
       </c>
       <c r="G301">
         <v>0.0</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302">
+        <v>231</v>
+      </c>
+      <c r="B302">
+        <v>1234993095</v>
+      </c>
+      <c r="D302" t="s">
+        <v>309</v>
+      </c>
+      <c r="E302" t="s">
         <v>188</v>
-      </c>
-[...7 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F302" t="s">
         <v>8</v>
       </c>
       <c r="G302">
         <v>0.0</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303">
-        <v>187</v>
+        <v>230</v>
       </c>
       <c r="B303">
-        <v>304496754</v>
+        <v>1036641786</v>
       </c>
       <c r="D303" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="E303" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F303" t="s">
         <v>8</v>
       </c>
       <c r="G303">
         <v>0.0</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304">
-        <v>186</v>
+        <v>229</v>
       </c>
       <c r="B304">
-        <v>1234992993</v>
+        <v>1234992558</v>
       </c>
       <c r="D304" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="E304" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F304" t="s">
         <v>8</v>
       </c>
       <c r="G304">
         <v>0.0</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305">
-        <v>185</v>
+        <v>228</v>
       </c>
       <c r="B305">
-        <v>2872467</v>
+        <v>1234993093</v>
       </c>
       <c r="D305" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="E305" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="F305" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G305">
         <v>0.0</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306">
-        <v>184</v>
+        <v>227</v>
       </c>
       <c r="B306">
-        <v>1234993068</v>
+        <v>1234993094</v>
       </c>
       <c r="D306" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="E306" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F306" t="s">
         <v>8</v>
       </c>
       <c r="G306">
         <v>0.0</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307">
-        <v>183</v>
+        <v>226</v>
       </c>
       <c r="B307">
-        <v>1234993066</v>
+        <v>1234993090</v>
       </c>
       <c r="D307" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="E307" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F307" t="s">
         <v>8</v>
       </c>
       <c r="G307">
         <v>0.0</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308">
-        <v>182</v>
+        <v>225</v>
       </c>
       <c r="B308">
-        <v>1234993065</v>
+        <v>1234993091</v>
       </c>
       <c r="D308" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="E308" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="F308" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="G308">
         <v>0.0</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309">
-        <v>181</v>
+        <v>224</v>
       </c>
       <c r="B309">
-        <v>8722826</v>
+        <v>1234993088</v>
       </c>
       <c r="D309" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="E309" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F309" t="s">
         <v>8</v>
       </c>
       <c r="G309">
         <v>0.0</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310">
-        <v>180</v>
+        <v>223</v>
       </c>
       <c r="B310">
-        <v>1234993064</v>
+        <v>1234993089</v>
       </c>
       <c r="D310" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="E310" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F310" t="s">
         <v>8</v>
       </c>
       <c r="G310">
         <v>0.0</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311">
-        <v>179</v>
+        <v>222</v>
       </c>
       <c r="B311">
-        <v>1066515785</v>
+        <v>1234993087</v>
       </c>
       <c r="D311" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="E311" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F311" t="s">
         <v>8</v>
       </c>
       <c r="G311">
         <v>0.0</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312">
-        <v>178</v>
+        <v>221</v>
       </c>
       <c r="B312">
-        <v>1234992805</v>
+        <v>1234992567</v>
       </c>
       <c r="D312" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="E312" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F312" t="s">
         <v>8</v>
       </c>
       <c r="G312">
         <v>0.0</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313">
-        <v>177</v>
+        <v>220</v>
       </c>
       <c r="B313">
-        <v>1234993059</v>
+        <v>1234993086</v>
       </c>
       <c r="D313" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="E313" t="s">
-        <v>134</v>
+        <v>175</v>
       </c>
       <c r="F313" t="s">
         <v>8</v>
       </c>
       <c r="G313">
         <v>0.0</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314">
-        <v>176</v>
+        <v>219</v>
       </c>
       <c r="B314">
-        <v>1234993063</v>
+        <v>321951214</v>
       </c>
       <c r="D314" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="E314" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F314" t="s">
         <v>8</v>
       </c>
       <c r="G314">
         <v>0.0</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315">
-        <v>175</v>
+        <v>218</v>
       </c>
       <c r="B315">
-        <v>1234993007</v>
+        <v>2872467</v>
       </c>
       <c r="D315" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="E315" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F315" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="G315">
         <v>0.0</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316">
-        <v>174</v>
+        <v>217</v>
       </c>
       <c r="B316">
-        <v>1234993062</v>
+        <v>310831677</v>
       </c>
       <c r="D316" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="E316" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F316" t="s">
         <v>8</v>
       </c>
       <c r="G316">
         <v>0.0</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317">
-        <v>173</v>
+        <v>216</v>
       </c>
       <c r="B317">
-        <v>1234993061</v>
+        <v>1234993084</v>
       </c>
       <c r="D317" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="E317" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="F317" t="s">
         <v>8</v>
       </c>
       <c r="G317">
         <v>0.0</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318">
-        <v>172</v>
+        <v>215</v>
       </c>
       <c r="B318">
-        <v>1234993060</v>
+        <v>1234993085</v>
       </c>
       <c r="D318" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="E318" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="F318" t="s">
         <v>8</v>
       </c>
       <c r="G318">
         <v>0.0</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319">
-        <v>171</v>
+        <v>214</v>
       </c>
       <c r="B319">
-        <v>1234993058</v>
+        <v>1234993083</v>
       </c>
       <c r="D319" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="E319" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F319" t="s">
-        <v>8</v>
+        <v>295</v>
       </c>
       <c r="G319">
-        <v>0.0</v>
+        <v>33.9</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320">
-        <v>170</v>
+        <v>213</v>
       </c>
       <c r="B320">
-        <v>1234993057</v>
+        <v>1234993079</v>
       </c>
       <c r="D320" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="E320" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="F320" t="s">
         <v>8</v>
       </c>
       <c r="G320">
         <v>0.0</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="B321">
-        <v>1234993056</v>
+        <v>43815666</v>
       </c>
       <c r="D321" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E321" t="s">
-        <v>134</v>
+        <v>173</v>
       </c>
       <c r="F321" t="s">
         <v>8</v>
       </c>
       <c r="G321">
         <v>0.0</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322">
-        <v>168</v>
+        <v>211</v>
       </c>
       <c r="B322">
-        <v>1234993054</v>
+        <v>3389557</v>
       </c>
       <c r="D322" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="E322" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F322" t="s">
         <v>8</v>
       </c>
       <c r="G322">
         <v>0.0</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323">
-        <v>167</v>
+        <v>210</v>
       </c>
       <c r="B323">
-        <v>1234993055</v>
+        <v>1234993081</v>
       </c>
       <c r="D323" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="E323" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F323" t="s">
         <v>8</v>
       </c>
       <c r="G323">
         <v>0.0</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324">
-        <v>166</v>
+        <v>209</v>
       </c>
       <c r="B324">
-        <v>1234993052</v>
+        <v>1234993078</v>
       </c>
       <c r="D324" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="E324" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F324" t="s">
         <v>8</v>
       </c>
       <c r="G324">
         <v>0.0</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325">
-        <v>165</v>
+        <v>208</v>
       </c>
       <c r="B325">
-        <v>1234993051</v>
+        <v>1234993080</v>
       </c>
       <c r="D325" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="E325" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F325" t="s">
         <v>8</v>
       </c>
       <c r="G325">
         <v>0.0</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326">
-        <v>164</v>
+        <v>207</v>
       </c>
       <c r="B326">
-        <v>43260048</v>
+        <v>1234993077</v>
       </c>
       <c r="D326" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="E326" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="F326" t="s">
         <v>8</v>
       </c>
       <c r="G326">
         <v>0.0</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327">
-        <v>163</v>
+        <v>206</v>
       </c>
       <c r="B327">
-        <v>1234992797</v>
+        <v>1234992565</v>
       </c>
       <c r="D327" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="E327" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F327" t="s">
         <v>8</v>
       </c>
       <c r="G327">
         <v>0.0</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328">
-        <v>162</v>
+        <v>205</v>
       </c>
       <c r="B328">
-        <v>1234993050</v>
+        <v>1234992570</v>
       </c>
       <c r="D328" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="E328" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F328" t="s">
         <v>8</v>
       </c>
       <c r="G328">
         <v>0.0</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329">
-        <v>161</v>
+        <v>204</v>
       </c>
       <c r="B329">
-        <v>1234993047</v>
+        <v>1234992713</v>
       </c>
       <c r="D329" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="E329" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F329" t="s">
         <v>8</v>
       </c>
       <c r="G329">
         <v>0.0</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330">
-        <v>160</v>
+        <v>203</v>
       </c>
       <c r="B330">
-        <v>1234993045</v>
+        <v>1234993075</v>
       </c>
       <c r="D330" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="E330" t="s">
-        <v>134</v>
+        <v>175</v>
       </c>
       <c r="F330" t="s">
         <v>8</v>
       </c>
       <c r="G330">
         <v>0.0</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331">
-        <v>159</v>
+        <v>202</v>
       </c>
       <c r="B331">
-        <v>1234993048</v>
+        <v>1234993076</v>
       </c>
       <c r="D331" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="E331" t="s">
-        <v>145</v>
+        <v>188</v>
       </c>
       <c r="F331" t="s">
         <v>8</v>
       </c>
       <c r="G331">
         <v>0.0</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332">
-        <v>158</v>
+        <v>201</v>
       </c>
       <c r="B332">
-        <v>1234993046</v>
+        <v>1234992754</v>
       </c>
       <c r="D332" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="E332" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F332" t="s">
         <v>8</v>
       </c>
       <c r="G332">
         <v>0.0</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333">
-        <v>157</v>
+        <v>200</v>
       </c>
       <c r="B333">
-        <v>1234993044</v>
+        <v>7639123</v>
       </c>
       <c r="D333" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="E333" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F333" t="s">
         <v>8</v>
       </c>
       <c r="G333">
         <v>0.0</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334">
-        <v>156</v>
+        <v>199</v>
       </c>
       <c r="B334">
-        <v>32305113</v>
+        <v>1234993074</v>
       </c>
       <c r="D334" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="E334" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="F334" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G334">
-        <v>61130.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335">
-        <v>155</v>
+        <v>198</v>
       </c>
       <c r="B335">
-        <v>1234993043</v>
+        <v>1234993073</v>
       </c>
       <c r="D335" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="E335" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="F335" t="s">
         <v>8</v>
       </c>
       <c r="G335">
         <v>0.0</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336">
-        <v>154</v>
+        <v>197</v>
       </c>
       <c r="B336">
-        <v>302217612</v>
+        <v>1234993072</v>
       </c>
       <c r="D336" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="E336" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F336" t="s">
         <v>8</v>
       </c>
       <c r="G336">
         <v>0.0</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337">
-        <v>153</v>
+        <v>196</v>
       </c>
       <c r="B337">
-        <v>1234992597</v>
+        <v>1234993067</v>
       </c>
       <c r="D337" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="E337" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F337" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G337">
         <v>0.0</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338">
-        <v>152</v>
+        <v>195</v>
       </c>
       <c r="B338">
-        <v>1234993042</v>
+        <v>1234993071</v>
       </c>
       <c r="D338" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="E338" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F338" t="s">
         <v>8</v>
       </c>
       <c r="G338">
         <v>0.0</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339">
-        <v>151</v>
+        <v>194</v>
       </c>
       <c r="B339">
-        <v>1234993039</v>
+        <v>1234992560</v>
       </c>
       <c r="D339" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="E339" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F339" t="s">
         <v>8</v>
       </c>
       <c r="G339">
         <v>0.0</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340">
-        <v>150</v>
+        <v>193</v>
       </c>
       <c r="B340">
-        <v>300367330</v>
+        <v>1234993070</v>
       </c>
       <c r="D340" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="E340" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F340" t="s">
         <v>8</v>
       </c>
       <c r="G340">
         <v>0.0</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341">
-        <v>149</v>
+        <v>192</v>
       </c>
       <c r="B341">
-        <v>1234993040</v>
+        <v>1234992677</v>
       </c>
       <c r="D341" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="E341" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F341" t="s">
         <v>8</v>
       </c>
       <c r="G341">
         <v>0.0</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342">
-        <v>148</v>
+        <v>191</v>
       </c>
       <c r="B342">
-        <v>1234993036</v>
+        <v>322597162</v>
       </c>
       <c r="D342" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="E342" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="F342" t="s">
         <v>8</v>
       </c>
       <c r="G342">
         <v>0.0</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343">
-        <v>147</v>
+        <v>190</v>
       </c>
       <c r="B343">
-        <v>1234993038</v>
+        <v>301775790</v>
       </c>
       <c r="D343" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="E343" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F343" t="s">
         <v>8</v>
       </c>
       <c r="G343">
         <v>0.0</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344">
-        <v>146</v>
+        <v>189</v>
       </c>
       <c r="B344">
-        <v>1234993041</v>
+        <v>3559564</v>
       </c>
       <c r="D344" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="E344" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F344" t="s">
         <v>8</v>
       </c>
       <c r="G344">
         <v>0.0</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345">
-        <v>145</v>
+        <v>188</v>
       </c>
       <c r="B345">
-        <v>1234992940</v>
+        <v>1234993069</v>
       </c>
       <c r="D345" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="E345" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="F345" t="s">
         <v>8</v>
       </c>
       <c r="G345">
         <v>0.0</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346">
-        <v>144</v>
+        <v>187</v>
       </c>
       <c r="B346">
-        <v>1234993024</v>
+        <v>304496754</v>
       </c>
       <c r="D346" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="E346" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F346" t="s">
         <v>8</v>
       </c>
       <c r="G346">
         <v>0.0</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347">
-        <v>143</v>
+        <v>186</v>
       </c>
       <c r="B347">
-        <v>1234993037</v>
+        <v>1234992993</v>
       </c>
       <c r="D347" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="E347" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F347" t="s">
         <v>8</v>
       </c>
       <c r="G347">
         <v>0.0</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348">
-        <v>142</v>
+        <v>185</v>
       </c>
       <c r="B348">
-        <v>1234993035</v>
+        <v>2872467</v>
       </c>
       <c r="D348" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="E348" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F348" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="G348">
         <v>0.0</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349">
-        <v>141</v>
+        <v>184</v>
       </c>
       <c r="B349">
-        <v>1234993034</v>
+        <v>1234993068</v>
       </c>
       <c r="D349" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="E349" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F349" t="s">
         <v>8</v>
       </c>
       <c r="G349">
         <v>0.0</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350">
-        <v>140</v>
+        <v>183</v>
       </c>
       <c r="B350">
-        <v>1234993033</v>
+        <v>1234993066</v>
       </c>
       <c r="D350" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="E350" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F350" t="s">
         <v>8</v>
       </c>
       <c r="G350">
         <v>0.0</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351">
-        <v>139</v>
+        <v>182</v>
       </c>
       <c r="B351">
-        <v>1234993032</v>
+        <v>1234993065</v>
       </c>
       <c r="D351" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="E351" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="F351" t="s">
         <v>8</v>
       </c>
       <c r="G351">
         <v>0.0</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352">
-        <v>138</v>
+        <v>181</v>
       </c>
       <c r="B352">
-        <v>1234993031</v>
+        <v>8722826</v>
       </c>
       <c r="D352" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="E352" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F352" t="s">
         <v>8</v>
       </c>
       <c r="G352">
         <v>0.0</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353">
-        <v>137</v>
+        <v>180</v>
       </c>
       <c r="B353">
-        <v>1234993028</v>
+        <v>1234993064</v>
       </c>
       <c r="D353" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="E353" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F353" t="s">
         <v>8</v>
       </c>
       <c r="G353">
         <v>0.0</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354">
-        <v>136</v>
+        <v>179</v>
       </c>
       <c r="B354">
-        <v>1234993030</v>
+        <v>1066515785</v>
       </c>
       <c r="D354" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="E354" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F354" t="s">
         <v>8</v>
       </c>
       <c r="G354">
         <v>0.0</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355">
-        <v>135</v>
+        <v>178</v>
       </c>
       <c r="B355">
-        <v>1234993029</v>
+        <v>1234992805</v>
       </c>
       <c r="D355" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="E355" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F355" t="s">
         <v>8</v>
       </c>
       <c r="G355">
         <v>0.0</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356">
-        <v>134</v>
+        <v>177</v>
       </c>
       <c r="B356">
-        <v>1234993027</v>
+        <v>1234993059</v>
       </c>
       <c r="D356" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="E356" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="F356" t="s">
         <v>8</v>
       </c>
       <c r="G356">
         <v>0.0</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357">
-        <v>133</v>
+        <v>176</v>
       </c>
       <c r="B357">
-        <v>1234992497</v>
+        <v>1234993063</v>
       </c>
       <c r="D357" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="E357" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F357" t="s">
         <v>8</v>
       </c>
       <c r="G357">
         <v>0.0</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="B358">
-        <v>1007645443</v>
+        <v>1234993007</v>
       </c>
       <c r="D358" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="E358" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F358" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G358">
         <v>0.0</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359">
-        <v>131</v>
+        <v>174</v>
       </c>
       <c r="B359">
-        <v>1234993024</v>
+        <v>1234993062</v>
       </c>
       <c r="D359" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="E359" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F359" t="s">
         <v>8</v>
       </c>
       <c r="G359">
         <v>0.0</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360">
-        <v>130</v>
+        <v>173</v>
       </c>
       <c r="B360">
-        <v>1234992807</v>
+        <v>1234993061</v>
       </c>
       <c r="D360" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="E360" t="s">
-        <v>145</v>
+        <v>188</v>
       </c>
       <c r="F360" t="s">
         <v>8</v>
       </c>
       <c r="G360">
         <v>0.0</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361">
-        <v>129</v>
+        <v>172</v>
       </c>
       <c r="B361">
-        <v>1234993026</v>
+        <v>1234993060</v>
       </c>
       <c r="D361" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="E361" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F361" t="s">
         <v>8</v>
       </c>
       <c r="G361">
         <v>0.0</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362">
-        <v>128</v>
+        <v>171</v>
       </c>
       <c r="B362">
-        <v>1234993025</v>
+        <v>1234993058</v>
       </c>
       <c r="D362" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="E362" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F362" t="s">
         <v>8</v>
       </c>
       <c r="G362">
         <v>0.0</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363">
-        <v>127</v>
+        <v>170</v>
       </c>
       <c r="B363">
-        <v>1234992842</v>
+        <v>1234993057</v>
       </c>
       <c r="D363" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="E363" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F363" t="s">
         <v>8</v>
       </c>
       <c r="G363">
         <v>0.0</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364">
-        <v>126</v>
+        <v>169</v>
       </c>
       <c r="B364">
-        <v>1234993023</v>
+        <v>1234993056</v>
       </c>
       <c r="D364" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="E364" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="F364" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G364">
         <v>0.0</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365">
-        <v>125</v>
+        <v>168</v>
       </c>
       <c r="B365">
-        <v>1234993021</v>
+        <v>1234993054</v>
       </c>
       <c r="D365" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="E365" t="s">
-        <v>145</v>
+        <v>186</v>
       </c>
       <c r="F365" t="s">
         <v>8</v>
       </c>
       <c r="G365">
         <v>0.0</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366">
-        <v>124</v>
+        <v>167</v>
       </c>
       <c r="B366">
-        <v>1234992560</v>
+        <v>1234993055</v>
       </c>
       <c r="D366" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="E366" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F366" t="s">
         <v>8</v>
       </c>
       <c r="G366">
         <v>0.0</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367">
-        <v>123</v>
+        <v>166</v>
       </c>
       <c r="B367">
-        <v>1234992560</v>
+        <v>1234993052</v>
       </c>
       <c r="D367" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="E367" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F367" t="s">
         <v>8</v>
       </c>
       <c r="G367">
         <v>0.0</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368">
-        <v>122</v>
+        <v>165</v>
       </c>
       <c r="B368">
-        <v>1234992887</v>
+        <v>1234993051</v>
       </c>
       <c r="D368" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="E368" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F368" t="s">
         <v>8</v>
       </c>
       <c r="G368">
         <v>0.0</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369">
-        <v>121</v>
+        <v>164</v>
       </c>
       <c r="B369">
-        <v>1234993020</v>
+        <v>43260048</v>
       </c>
       <c r="D369" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="E369" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F369" t="s">
         <v>8</v>
       </c>
       <c r="G369">
         <v>0.0</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370">
-        <v>120</v>
+        <v>163</v>
       </c>
       <c r="B370">
-        <v>1234993021</v>
+        <v>1234992797</v>
       </c>
       <c r="D370" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="E370" t="s">
-        <v>145</v>
+        <v>186</v>
       </c>
       <c r="F370" t="s">
         <v>8</v>
       </c>
       <c r="G370">
         <v>0.0</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371">
-        <v>119</v>
+        <v>162</v>
       </c>
       <c r="B371">
-        <v>1234993017</v>
+        <v>1234993050</v>
       </c>
       <c r="D371" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="E371" t="s">
-        <v>147</v>
+        <v>186</v>
       </c>
       <c r="F371" t="s">
         <v>8</v>
       </c>
       <c r="G371">
         <v>0.0</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372">
-        <v>118</v>
+        <v>161</v>
       </c>
       <c r="B372">
-        <v>1234993019</v>
+        <v>1234993047</v>
       </c>
       <c r="D372" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="E372" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="F372" t="s">
         <v>8</v>
       </c>
       <c r="G372">
         <v>0.0</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373">
-        <v>117</v>
+        <v>160</v>
       </c>
       <c r="B373">
-        <v>1234993018</v>
+        <v>1234993045</v>
       </c>
       <c r="D373" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="E373" t="s">
-        <v>132</v>
+        <v>175</v>
       </c>
       <c r="F373" t="s">
         <v>8</v>
       </c>
       <c r="G373">
         <v>0.0</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374">
-        <v>116</v>
+        <v>159</v>
       </c>
       <c r="B374">
-        <v>1234992526</v>
+        <v>1234993048</v>
       </c>
       <c r="D374" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="E374" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F374" t="s">
         <v>8</v>
       </c>
       <c r="G374">
         <v>0.0</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375">
-        <v>115</v>
+        <v>158</v>
       </c>
       <c r="B375">
-        <v>32464944</v>
+        <v>1234993046</v>
       </c>
       <c r="D375" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="E375" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F375" t="s">
         <v>8</v>
       </c>
       <c r="G375">
         <v>0.0</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376">
-        <v>114</v>
+        <v>157</v>
       </c>
       <c r="B376">
-        <v>1234992776</v>
+        <v>1234993044</v>
       </c>
       <c r="D376" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="E376" t="s">
-        <v>145</v>
+        <v>186</v>
       </c>
       <c r="F376" t="s">
         <v>8</v>
       </c>
       <c r="G376">
         <v>0.0</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377">
-        <v>113</v>
+        <v>156</v>
       </c>
       <c r="B377">
-        <v>1234993015</v>
+        <v>32305113</v>
       </c>
       <c r="D377" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="E377" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F377" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="G377">
-        <v>0.0</v>
+        <v>61130.0</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378">
-        <v>112</v>
+        <v>155</v>
       </c>
       <c r="B378">
-        <v>1234993014</v>
+        <v>1234993043</v>
       </c>
       <c r="D378" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="E378" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="F378" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G378">
         <v>0.0</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379">
-        <v>111</v>
+        <v>154</v>
       </c>
       <c r="B379">
-        <v>1234993013</v>
+        <v>302217612</v>
       </c>
       <c r="D379" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="E379" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F379" t="s">
         <v>8</v>
       </c>
       <c r="G379">
         <v>0.0</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380">
-        <v>110</v>
+        <v>153</v>
       </c>
       <c r="B380">
-        <v>1234993012</v>
+        <v>1234992597</v>
       </c>
       <c r="D380" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="E380" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F380" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="G380">
         <v>0.0</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381">
-        <v>109</v>
+        <v>152</v>
       </c>
       <c r="B381">
-        <v>315575772</v>
+        <v>1234993042</v>
       </c>
       <c r="D381" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="E381" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F381" t="s">
         <v>8</v>
       </c>
       <c r="G381">
         <v>0.0</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382">
-        <v>108</v>
+        <v>151</v>
       </c>
       <c r="B382">
-        <v>1234993011</v>
+        <v>1234993039</v>
       </c>
       <c r="D382" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="E382" t="s">
-        <v>147</v>
+        <v>186</v>
       </c>
       <c r="F382" t="s">
         <v>8</v>
       </c>
       <c r="G382">
         <v>0.0</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383">
-        <v>107</v>
+        <v>150</v>
       </c>
       <c r="B383">
-        <v>1234992604</v>
+        <v>300367330</v>
       </c>
       <c r="D383" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="E383" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F383" t="s">
         <v>8</v>
       </c>
       <c r="G383">
-        <v>451390.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384">
-        <v>106</v>
+        <v>149</v>
       </c>
       <c r="B384">
-        <v>1234992820</v>
+        <v>1234993040</v>
       </c>
       <c r="D384" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="E384" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F384" t="s">
         <v>8</v>
       </c>
       <c r="G384">
         <v>0.0</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385">
-        <v>105</v>
+        <v>148</v>
       </c>
       <c r="B385">
-        <v>1234993010</v>
+        <v>1234993036</v>
       </c>
       <c r="D385" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="E385" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F385" t="s">
         <v>8</v>
       </c>
       <c r="G385">
         <v>0.0</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386">
-        <v>104</v>
+        <v>147</v>
       </c>
       <c r="B386">
-        <v>1234993009</v>
+        <v>1234993038</v>
       </c>
       <c r="D386" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="E386" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="F386" t="s">
         <v>8</v>
       </c>
       <c r="G386">
         <v>0.0</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387">
-        <v>103</v>
+        <v>146</v>
       </c>
       <c r="B387">
-        <v>1234993008</v>
+        <v>1234993041</v>
       </c>
       <c r="D387" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="E387" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F387" t="s">
         <v>8</v>
       </c>
       <c r="G387">
         <v>0.0</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388">
-        <v>102</v>
+        <v>145</v>
       </c>
       <c r="B388">
-        <v>1234993005</v>
+        <v>1234992940</v>
       </c>
       <c r="D388" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="E388" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="F388" t="s">
         <v>8</v>
       </c>
       <c r="G388">
         <v>0.0</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389">
-        <v>101</v>
+        <v>144</v>
       </c>
       <c r="B389">
-        <v>1234993007</v>
+        <v>1234993024</v>
       </c>
       <c r="D389" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="E389" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F389" t="s">
         <v>8</v>
       </c>
       <c r="G389">
         <v>0.0</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390">
-        <v>100</v>
+        <v>143</v>
       </c>
       <c r="B390">
-        <v>1234993006</v>
+        <v>1234993037</v>
       </c>
       <c r="D390" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="E390" t="s">
-        <v>134</v>
+        <v>173</v>
       </c>
       <c r="F390" t="s">
         <v>8</v>
       </c>
       <c r="G390">
         <v>0.0</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391">
-        <v>99</v>
+        <v>142</v>
       </c>
       <c r="B391">
-        <v>1234993004</v>
+        <v>1234993035</v>
       </c>
       <c r="D391" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="E391" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F391" t="s">
         <v>8</v>
       </c>
       <c r="G391">
         <v>0.0</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392">
-        <v>98</v>
+        <v>141</v>
       </c>
       <c r="B392">
-        <v>1234993002</v>
+        <v>1234993034</v>
       </c>
       <c r="D392" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="E392" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F392" t="s">
         <v>8</v>
       </c>
       <c r="G392">
         <v>0.0</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393">
-        <v>97</v>
+        <v>140</v>
       </c>
       <c r="B393">
-        <v>1234992734</v>
+        <v>1234993033</v>
       </c>
       <c r="D393" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="E393" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F393" t="s">
         <v>8</v>
       </c>
       <c r="G393">
         <v>0.0</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394">
-        <v>96</v>
+        <v>139</v>
       </c>
       <c r="B394">
-        <v>1234993001</v>
+        <v>1234993032</v>
       </c>
       <c r="D394" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="E394" t="s">
-        <v>134</v>
+        <v>188</v>
       </c>
       <c r="F394" t="s">
         <v>8</v>
       </c>
       <c r="G394">
         <v>0.0</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395">
-        <v>95</v>
+        <v>138</v>
       </c>
       <c r="B395">
-        <v>71587020</v>
+        <v>1234993031</v>
       </c>
       <c r="D395" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="E395" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F395" t="s">
         <v>8</v>
       </c>
       <c r="G395">
         <v>0.0</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396">
-        <v>94</v>
+        <v>137</v>
       </c>
       <c r="B396">
-        <v>1234992822</v>
+        <v>1234993028</v>
       </c>
       <c r="D396" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="E396" t="s">
-        <v>147</v>
+        <v>186</v>
       </c>
       <c r="F396" t="s">
         <v>8</v>
       </c>
       <c r="G396">
         <v>0.0</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397">
-        <v>93</v>
+        <v>136</v>
       </c>
       <c r="B397">
-        <v>1234992558</v>
+        <v>1234993030</v>
       </c>
       <c r="D397" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="E397" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F397" t="s">
         <v>8</v>
       </c>
       <c r="G397">
         <v>0.0</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398">
-        <v>92</v>
+        <v>135</v>
       </c>
       <c r="B398">
-        <v>1234992823</v>
+        <v>1234993029</v>
       </c>
       <c r="D398" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E398" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F398" t="s">
         <v>8</v>
       </c>
       <c r="G398">
         <v>0.0</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399">
-        <v>91</v>
+        <v>134</v>
       </c>
       <c r="B399">
-        <v>1234993000</v>
+        <v>1234993027</v>
       </c>
       <c r="D399" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="E399" t="s">
-        <v>134</v>
+        <v>188</v>
       </c>
       <c r="F399" t="s">
         <v>8</v>
       </c>
       <c r="G399">
         <v>0.0</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400">
-        <v>90</v>
+        <v>133</v>
       </c>
       <c r="B400">
-        <v>315575772</v>
+        <v>1234992497</v>
       </c>
       <c r="D400" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="E400" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F400" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G400">
         <v>0.0</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401">
-        <v>89</v>
+        <v>132</v>
       </c>
       <c r="B401">
-        <v>1234992999</v>
+        <v>1007645443</v>
       </c>
       <c r="D401" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="E401" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F401" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="G401">
         <v>0.0</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402">
-        <v>88</v>
+        <v>131</v>
       </c>
       <c r="B402">
-        <v>1234992560</v>
+        <v>1234993024</v>
       </c>
       <c r="D402" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="E402" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F402" t="s">
         <v>8</v>
       </c>
       <c r="G402">
         <v>0.0</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403">
-        <v>87</v>
+        <v>130</v>
       </c>
       <c r="B403">
-        <v>1234992998</v>
+        <v>1234992807</v>
       </c>
       <c r="D403" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="E403" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F403" t="s">
         <v>8</v>
       </c>
       <c r="G403">
         <v>0.0</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404">
-        <v>86</v>
+        <v>129</v>
       </c>
       <c r="B404">
-        <v>310692839</v>
+        <v>1234993026</v>
       </c>
       <c r="D404" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="E404" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F404" t="s">
         <v>8</v>
       </c>
       <c r="G404">
         <v>0.0</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405">
-        <v>85</v>
+        <v>128</v>
       </c>
       <c r="B405">
-        <v>1234992519</v>
+        <v>1234993025</v>
       </c>
       <c r="D405" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="E405" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F405" t="s">
         <v>8</v>
       </c>
       <c r="G405">
         <v>0.0</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406">
-        <v>84</v>
+        <v>127</v>
       </c>
       <c r="B406">
-        <v>1234992997</v>
+        <v>1234992842</v>
       </c>
       <c r="D406" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="E406" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F406" t="s">
         <v>8</v>
       </c>
       <c r="G406">
         <v>0.0</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407">
-        <v>83</v>
+        <v>126</v>
       </c>
       <c r="B407">
-        <v>1234992497</v>
+        <v>1234993023</v>
       </c>
       <c r="D407" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="E407" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="F407" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="G407">
         <v>0.0</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408">
-        <v>82</v>
+        <v>125</v>
       </c>
       <c r="B408">
-        <v>42693484</v>
+        <v>1234993021</v>
       </c>
       <c r="D408" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="E408" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F408" t="s">
         <v>8</v>
       </c>
       <c r="G408">
         <v>0.0</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409">
-        <v>81</v>
+        <v>124</v>
       </c>
       <c r="B409">
-        <v>1234992664</v>
+        <v>1234992560</v>
       </c>
       <c r="D409" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="E409" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F409" t="s">
         <v>8</v>
       </c>
       <c r="G409">
         <v>0.0</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410">
-        <v>80</v>
+        <v>123</v>
       </c>
       <c r="B410">
-        <v>1234992996</v>
+        <v>1234992560</v>
       </c>
       <c r="D410" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="E410" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F410" t="s">
         <v>8</v>
       </c>
       <c r="G410">
         <v>0.0</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411">
-        <v>79</v>
+        <v>122</v>
       </c>
       <c r="B411">
-        <v>1234992995</v>
+        <v>1234992887</v>
       </c>
       <c r="D411" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="E411" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F411" t="s">
         <v>8</v>
       </c>
       <c r="G411">
         <v>0.0</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412">
-        <v>78</v>
+        <v>121</v>
       </c>
       <c r="B412">
-        <v>1234992994</v>
+        <v>1234993020</v>
       </c>
       <c r="D412" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="E412" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F412" t="s">
         <v>8</v>
       </c>
       <c r="G412">
-        <v>123920.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413">
-        <v>77</v>
+        <v>120</v>
       </c>
       <c r="B413">
-        <v>1234992889</v>
+        <v>1234993021</v>
       </c>
       <c r="D413" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="E413" t="s">
-        <v>134</v>
+        <v>186</v>
       </c>
       <c r="F413" t="s">
         <v>8</v>
       </c>
       <c r="G413">
         <v>0.0</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414">
-        <v>76</v>
+        <v>119</v>
       </c>
       <c r="B414">
-        <v>1234992712</v>
+        <v>1234993017</v>
       </c>
       <c r="D414" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="E414" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F414" t="s">
         <v>8</v>
       </c>
       <c r="G414">
         <v>0.0</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415">
-        <v>75</v>
+        <v>118</v>
       </c>
       <c r="B415">
-        <v>43165473</v>
+        <v>1234993019</v>
       </c>
       <c r="D415" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="E415" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F415" t="s">
         <v>8</v>
       </c>
       <c r="G415">
         <v>0.0</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416">
-        <v>74</v>
+        <v>117</v>
       </c>
       <c r="B416">
-        <v>1</v>
+        <v>1234993018</v>
       </c>
       <c r="D416" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="E416" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F416" t="s">
         <v>8</v>
       </c>
       <c r="G416">
-        <v>13.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417">
-        <v>73</v>
+        <v>116</v>
       </c>
       <c r="B417">
-        <v>1234992602</v>
+        <v>1234992526</v>
       </c>
       <c r="D417" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="E417" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F417" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G417">
         <v>0.0</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418">
-        <v>72</v>
+        <v>115</v>
       </c>
       <c r="B418">
-        <v>1234992993</v>
+        <v>32464944</v>
       </c>
       <c r="D418" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="E418" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F418" t="s">
         <v>8</v>
       </c>
       <c r="G418">
         <v>0.0</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419">
-        <v>71</v>
+        <v>114</v>
       </c>
       <c r="B419">
-        <v>1234992712</v>
+        <v>1234992776</v>
       </c>
       <c r="D419" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="E419" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F419" t="s">
         <v>8</v>
       </c>
       <c r="G419">
         <v>0.0</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420">
-        <v>70</v>
+        <v>113</v>
       </c>
       <c r="B420">
-        <v>1234992509</v>
+        <v>1234993015</v>
       </c>
       <c r="D420" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="E420" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F420" t="s">
         <v>8</v>
       </c>
       <c r="G420">
         <v>0.0</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421">
-        <v>69</v>
+        <v>112</v>
       </c>
       <c r="B421">
-        <v>1234992992</v>
+        <v>1234993014</v>
       </c>
       <c r="D421" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="E421" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F421" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="G421">
         <v>0.0</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422">
-        <v>68</v>
+        <v>111</v>
       </c>
       <c r="B422">
-        <v>1234992786</v>
+        <v>1234993013</v>
       </c>
       <c r="D422" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="E422" t="s">
-        <v>134</v>
+        <v>188</v>
       </c>
       <c r="F422" t="s">
         <v>8</v>
       </c>
       <c r="G422">
         <v>0.0</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423">
-        <v>67</v>
+        <v>110</v>
       </c>
       <c r="B423">
-        <v>1234992734</v>
+        <v>1234993012</v>
       </c>
       <c r="D423" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="E423" t="s">
-        <v>132</v>
+        <v>186</v>
       </c>
       <c r="F423" t="s">
         <v>8</v>
       </c>
       <c r="G423">
         <v>0.0</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424">
-        <v>66</v>
+        <v>109</v>
       </c>
       <c r="B424">
-        <v>1234992991</v>
+        <v>315575772</v>
       </c>
       <c r="D424" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="E424" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F424" t="s">
         <v>8</v>
       </c>
       <c r="G424">
         <v>0.0</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425">
-        <v>65</v>
+        <v>108</v>
       </c>
       <c r="B425">
-        <v>315575772</v>
+        <v>1234993011</v>
       </c>
       <c r="D425" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="E425" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="F425" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G425">
         <v>0.0</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426">
-        <v>64</v>
+        <v>107</v>
       </c>
       <c r="B426">
-        <v>1234992732</v>
+        <v>1234992604</v>
       </c>
       <c r="D426" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="E426" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F426" t="s">
         <v>8</v>
       </c>
       <c r="G426">
-        <v>0.0</v>
+        <v>451390.0</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427">
-        <v>63</v>
+        <v>106</v>
       </c>
       <c r="B427">
-        <v>1234992732</v>
+        <v>1234992820</v>
       </c>
       <c r="D427" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="E427" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F427" t="s">
         <v>8</v>
       </c>
       <c r="G427">
         <v>0.0</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428">
-        <v>62</v>
+        <v>105</v>
       </c>
       <c r="B428">
-        <v>1234992525</v>
+        <v>1234993010</v>
       </c>
       <c r="D428" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="E428" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F428" t="s">
         <v>8</v>
       </c>
       <c r="G428">
         <v>0.0</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429">
-        <v>61</v>
+        <v>104</v>
       </c>
       <c r="B429">
-        <v>1234992674</v>
+        <v>1234993009</v>
       </c>
       <c r="D429" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="E429" t="s">
-        <v>147</v>
+        <v>186</v>
       </c>
       <c r="F429" t="s">
         <v>8</v>
       </c>
       <c r="G429">
         <v>0.0</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430">
-        <v>60</v>
+        <v>103</v>
       </c>
       <c r="B430">
-        <v>1234992732</v>
+        <v>1234993008</v>
       </c>
       <c r="D430" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="E430" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="F430" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G430">
         <v>0.0</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431">
-        <v>59</v>
+        <v>102</v>
       </c>
       <c r="B431">
-        <v>1</v>
+        <v>1234993005</v>
       </c>
       <c r="D431" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="E431" t="s">
-        <v>52</v>
+        <v>188</v>
       </c>
       <c r="F431" t="s">
         <v>8</v>
       </c>
       <c r="G431">
         <v>0.0</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432">
-        <v>58</v>
+        <v>101</v>
       </c>
       <c r="B432">
-        <v>0</v>
+        <v>1234993007</v>
       </c>
       <c r="D432" t="s">
-        <v>441</v>
+        <v>439</v>
+      </c>
+      <c r="E432" t="s">
+        <v>173</v>
       </c>
       <c r="F432" t="s">
         <v>8</v>
       </c>
       <c r="G432">
         <v>0.0</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433">
-        <v>57</v>
+        <v>100</v>
       </c>
       <c r="B433">
-        <v>1026257318</v>
+        <v>1234993006</v>
       </c>
       <c r="D433" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="E433" t="s">
-        <v>52</v>
+        <v>175</v>
       </c>
       <c r="F433" t="s">
         <v>8</v>
       </c>
       <c r="G433">
         <v>0.0</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434">
-        <v>56</v>
+        <v>99</v>
       </c>
       <c r="B434">
-        <v>0</v>
+        <v>1234993004</v>
       </c>
       <c r="D434" t="s">
-        <v>443</v>
+        <v>441</v>
+      </c>
+      <c r="E434" t="s">
+        <v>188</v>
       </c>
       <c r="F434" t="s">
         <v>8</v>
       </c>
       <c r="G434">
         <v>0.0</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435">
-        <v>55</v>
+        <v>98</v>
       </c>
       <c r="B435">
-        <v>1026257318</v>
+        <v>1234993002</v>
       </c>
       <c r="D435" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="E435" t="s">
-        <v>52</v>
+        <v>188</v>
       </c>
       <c r="F435" t="s">
         <v>8</v>
       </c>
       <c r="G435">
         <v>0.0</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436">
-        <v>54</v>
+        <v>97</v>
       </c>
       <c r="B436">
-        <v>1026257318</v>
+        <v>1234992734</v>
       </c>
       <c r="D436" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="E436" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F436" t="s">
         <v>8</v>
       </c>
       <c r="G436">
         <v>0.0</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437">
-        <v>53</v>
+        <v>96</v>
       </c>
       <c r="B437">
-        <v>1026257318</v>
+        <v>1234993001</v>
       </c>
       <c r="D437" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="E437" t="s">
-        <v>52</v>
+        <v>175</v>
       </c>
       <c r="F437" t="s">
         <v>8</v>
       </c>
       <c r="G437">
         <v>0.0</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438">
-        <v>52</v>
+        <v>95</v>
       </c>
       <c r="B438">
-        <v>10</v>
+        <v>71587020</v>
       </c>
       <c r="D438" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="E438" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F438" t="s">
         <v>8</v>
       </c>
       <c r="G438">
         <v>0.0</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="B439">
-        <v>10</v>
+        <v>1234992822</v>
       </c>
       <c r="D439" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="E439" t="s">
-        <v>52</v>
+        <v>188</v>
       </c>
       <c r="F439" t="s">
         <v>8</v>
       </c>
       <c r="G439">
         <v>0.0</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440">
-        <v>48</v>
+        <v>93</v>
       </c>
       <c r="B440">
-        <v>1026257318</v>
+        <v>1234992558</v>
       </c>
       <c r="D440" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="E440" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F440" t="s">
         <v>8</v>
       </c>
       <c r="G440">
         <v>0.0</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441">
-        <v>47</v>
+        <v>92</v>
       </c>
       <c r="B441">
-        <v>0</v>
+        <v>1234992823</v>
       </c>
       <c r="D441" t="s">
-        <v>450</v>
+        <v>448</v>
+      </c>
+      <c r="E441" t="s">
+        <v>188</v>
       </c>
       <c r="F441" t="s">
         <v>8</v>
       </c>
       <c r="G441">
         <v>0.0</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442">
-        <v>46</v>
+        <v>91</v>
       </c>
       <c r="B442">
-        <v>10</v>
+        <v>1234993000</v>
       </c>
       <c r="D442" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="E442" t="s">
-        <v>52</v>
+        <v>175</v>
       </c>
       <c r="F442" t="s">
         <v>8</v>
       </c>
       <c r="G442">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443">
-        <v>45</v>
+        <v>90</v>
       </c>
       <c r="B443">
-        <v>10</v>
+        <v>315575772</v>
       </c>
       <c r="D443" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="E443" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F443" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="G443">
         <v>0.0</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444">
-        <v>44</v>
+        <v>89</v>
       </c>
       <c r="B444">
-        <v>1026257318</v>
+        <v>1234992999</v>
       </c>
       <c r="D444" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="E444" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F444" t="s">
         <v>8</v>
       </c>
       <c r="G444">
         <v>0.0</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="B445">
-        <v>0</v>
+        <v>1234992560</v>
       </c>
       <c r="D445" t="s">
-        <v>454</v>
+        <v>452</v>
+      </c>
+      <c r="E445" t="s">
+        <v>173</v>
       </c>
       <c r="F445" t="s">
         <v>8</v>
       </c>
       <c r="G445">
         <v>0.0</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446">
-        <v>42</v>
+        <v>87</v>
       </c>
       <c r="B446">
-        <v>1026257312</v>
+        <v>1234992998</v>
       </c>
       <c r="D446" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="E446" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F446" t="s">
         <v>8</v>
       </c>
       <c r="G446">
-        <v>11.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447">
-        <v>41</v>
+        <v>86</v>
       </c>
       <c r="B447">
-        <v>123456789</v>
+        <v>310692839</v>
       </c>
       <c r="D447" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="E447" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F447" t="s">
         <v>8</v>
       </c>
       <c r="G447">
         <v>0.0</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="B448">
-        <v>123456789</v>
+        <v>1234992519</v>
       </c>
       <c r="D448" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="E448" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F448" t="s">
         <v>8</v>
       </c>
       <c r="G448">
-        <v>5115.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449">
-        <v>39</v>
+        <v>84</v>
       </c>
       <c r="B449">
-        <v>123456789</v>
+        <v>1234992997</v>
       </c>
       <c r="D449" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="E449" t="s">
-        <v>52</v>
+        <v>188</v>
       </c>
       <c r="F449" t="s">
         <v>8</v>
       </c>
       <c r="G449">
         <v>0.0</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450">
-        <v>38</v>
+        <v>83</v>
       </c>
       <c r="B450">
-        <v>123456789</v>
+        <v>1234992497</v>
       </c>
       <c r="D450" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="E450" t="s">
-        <v>52</v>
+        <v>188</v>
       </c>
       <c r="F450" t="s">
         <v>8</v>
       </c>
       <c r="G450">
         <v>0.0</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451">
-        <v>37</v>
+        <v>82</v>
       </c>
       <c r="B451">
-        <v>1026257317</v>
+        <v>42693484</v>
       </c>
       <c r="D451" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="E451" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="F451" t="s">
         <v>8</v>
       </c>
       <c r="G451">
         <v>0.0</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452">
-        <v>36</v>
+        <v>81</v>
       </c>
       <c r="B452">
-        <v>10</v>
+        <v>1234992664</v>
       </c>
       <c r="D452" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="E452" t="s">
-        <v>52</v>
+        <v>188</v>
       </c>
       <c r="F452" t="s">
         <v>8</v>
       </c>
       <c r="G452">
         <v>0.0</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453">
-        <v>35</v>
+        <v>80</v>
       </c>
       <c r="B453">
-        <v>10</v>
+        <v>1234992996</v>
       </c>
       <c r="D453" t="s">
-        <v>462</v>
+        <v>460</v>
+      </c>
+      <c r="E453" t="s">
+        <v>188</v>
       </c>
       <c r="F453" t="s">
         <v>8</v>
       </c>
       <c r="G453">
-        <v>33.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454">
-        <v>34</v>
+        <v>79</v>
       </c>
       <c r="B454">
-        <v>10</v>
+        <v>1234992995</v>
       </c>
       <c r="D454" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="E454" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F454" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="G454">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455">
-        <v>33</v>
+        <v>78</v>
       </c>
       <c r="B455">
-        <v>1026257312</v>
+        <v>1234992994</v>
       </c>
       <c r="D455" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="E455" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F455" t="s">
         <v>8</v>
       </c>
       <c r="G455">
-        <v>0.0</v>
+        <v>123920.0</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456">
-        <v>32</v>
+        <v>77</v>
       </c>
       <c r="B456">
-        <v>1026257310</v>
+        <v>1234992889</v>
       </c>
       <c r="D456" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="E456" t="s">
-        <v>52</v>
+        <v>175</v>
       </c>
       <c r="F456" t="s">
         <v>8</v>
       </c>
       <c r="G456">
         <v>0.0</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457">
-        <v>31</v>
+        <v>76</v>
       </c>
       <c r="B457">
-        <v>10</v>
+        <v>1234992712</v>
       </c>
       <c r="D457" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="E457" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F457" t="s">
         <v>8</v>
       </c>
       <c r="G457">
         <v>0.0</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="B458">
-        <v>1026257311</v>
+        <v>43165473</v>
       </c>
       <c r="D458" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="E458" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F458" t="s">
         <v>8</v>
       </c>
       <c r="G458">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="B459">
-        <v>123456789</v>
+        <v>1</v>
       </c>
       <c r="D459" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="E459" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="F459" t="s">
         <v>8</v>
       </c>
       <c r="G459">
-        <v>12.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460">
-        <v>25</v>
+        <v>73</v>
       </c>
       <c r="B460">
-        <v>1</v>
+        <v>1234992602</v>
       </c>
       <c r="D460" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="E460" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F460" t="s">
-        <v>254</v>
+        <v>94</v>
       </c>
       <c r="G460">
         <v>0.0</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="B461">
-        <v>1</v>
+        <v>1234992993</v>
       </c>
       <c r="D461" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="E461" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F461" t="s">
         <v>8</v>
       </c>
       <c r="G461">
         <v>0.0</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462">
-        <v>23</v>
+        <v>71</v>
       </c>
       <c r="B462">
-        <v>31373771</v>
+        <v>1234992712</v>
       </c>
       <c r="D462" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="E462" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F462" t="s">
         <v>8</v>
       </c>
       <c r="G462">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="B463">
-        <v>123</v>
+        <v>1234992509</v>
       </c>
       <c r="D463" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="E463" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F463" t="s">
         <v>8</v>
       </c>
       <c r="G463">
         <v>0.0</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464">
-        <v>21</v>
+        <v>69</v>
       </c>
       <c r="B464">
-        <v>123</v>
+        <v>1234992992</v>
       </c>
       <c r="D464" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="E464" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F464" t="s">
         <v>8</v>
       </c>
       <c r="G464">
         <v>0.0</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465">
-        <v>20</v>
+        <v>68</v>
       </c>
       <c r="B465">
-        <v>123</v>
+        <v>1234992786</v>
       </c>
       <c r="D465" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="E465" t="s">
-        <v>52</v>
+        <v>175</v>
       </c>
       <c r="F465" t="s">
         <v>8</v>
       </c>
       <c r="G465">
         <v>0.0</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="B466">
-        <v>123</v>
+        <v>1234992734</v>
       </c>
       <c r="D466" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="E466" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F466" t="s">
         <v>8</v>
       </c>
       <c r="G466">
         <v>0.0</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="B467">
-        <v>123</v>
+        <v>1234992991</v>
       </c>
       <c r="D467" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="E467" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="F467" t="s">
         <v>8</v>
       </c>
       <c r="G467">
         <v>0.0</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468">
-        <v>17</v>
+        <v>65</v>
       </c>
       <c r="B468">
-        <v>123</v>
+        <v>315575772</v>
       </c>
       <c r="D468" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
       <c r="E468" t="s">
-        <v>52</v>
+        <v>188</v>
       </c>
       <c r="F468" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="G468">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469">
-        <v>16</v>
+        <v>64</v>
       </c>
       <c r="B469">
-        <v>123</v>
+        <v>1234992732</v>
       </c>
       <c r="D469" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="E469" t="s">
-        <v>52</v>
+        <v>188</v>
       </c>
       <c r="F469" t="s">
         <v>8</v>
       </c>
       <c r="G469">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="B470">
-        <v>123</v>
+        <v>1234992732</v>
       </c>
       <c r="D470" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="E470" t="s">
-        <v>52</v>
+        <v>188</v>
       </c>
       <c r="F470" t="s">
         <v>8</v>
       </c>
       <c r="G470">
         <v>0.0</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="B471">
-        <v>10</v>
+        <v>1234992525</v>
       </c>
       <c r="D471" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="E471" t="s">
-        <v>52</v>
+        <v>188</v>
       </c>
       <c r="F471" t="s">
         <v>8</v>
       </c>
       <c r="G471">
-        <v>4.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="B472">
-        <v>6210772</v>
+        <v>1234992674</v>
       </c>
       <c r="D472" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="E472" t="s">
-        <v>147</v>
+        <v>188</v>
       </c>
       <c r="F472" t="s">
         <v>8</v>
       </c>
       <c r="G472">
         <v>0.0</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="B473">
-        <v>300367330</v>
+        <v>1234992732</v>
       </c>
       <c r="D473" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="E473" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="F473" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="G473">
         <v>0.0</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="B474">
-        <v>6210772</v>
+        <v>1</v>
       </c>
       <c r="D474" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="E474" t="s">
-        <v>147</v>
+        <v>40</v>
       </c>
       <c r="F474" t="s">
         <v>8</v>
       </c>
       <c r="G474">
         <v>0.0</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="B475">
-        <v>312298031</v>
+        <v>0</v>
       </c>
       <c r="D475" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>482</v>
       </c>
       <c r="F475" t="s">
         <v>8</v>
       </c>
       <c r="G475">
         <v>0.0</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="B476">
-        <v>2488493</v>
+        <v>1026257318</v>
       </c>
       <c r="D476" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="E476" t="s">
-        <v>147</v>
+        <v>40</v>
       </c>
       <c r="F476" t="s">
         <v>8</v>
       </c>
       <c r="G476">
         <v>0.0</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="B477">
-        <v>1026257309</v>
+        <v>0</v>
       </c>
       <c r="D477" t="s">
-        <v>486</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>484</v>
       </c>
       <c r="F477" t="s">
         <v>8</v>
       </c>
       <c r="G477">
         <v>0.0</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478">
-        <v>7</v>
+        <v>55</v>
       </c>
       <c r="B478">
-        <v>321951214</v>
+        <v>1026257318</v>
       </c>
       <c r="D478" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="E478" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="F478" t="s">
         <v>8</v>
       </c>
       <c r="G478">
         <v>0.0</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479">
-        <v>6</v>
+        <v>54</v>
       </c>
       <c r="B479">
-        <v>43184999</v>
+        <v>1026257318</v>
       </c>
       <c r="D479" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="E479" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="F479" t="s">
         <v>8</v>
       </c>
       <c r="G479">
         <v>0.0</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="B480">
-        <v>42693484</v>
+        <v>1026257318</v>
       </c>
       <c r="D480" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="E480" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="F480" t="s">
         <v>8</v>
       </c>
       <c r="G480">
         <v>0.0</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="B481">
-        <v>3796298</v>
+        <v>10</v>
       </c>
       <c r="D481" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="E481" t="s">
-        <v>147</v>
+        <v>40</v>
       </c>
       <c r="F481" t="s">
         <v>8</v>
       </c>
       <c r="G481">
         <v>0.0</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="B482">
-        <v>301128106</v>
+        <v>10</v>
       </c>
       <c r="D482" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="E482" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="F482" t="s">
         <v>8</v>
       </c>
       <c r="G482">
         <v>0.0</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483">
-        <v>2</v>
+        <v>48</v>
       </c>
       <c r="B483">
-        <v>301128106</v>
+        <v>1026257318</v>
       </c>
       <c r="D483" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="E483" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="F483" t="s">
         <v>8</v>
       </c>
       <c r="G483">
         <v>0.0</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484">
+        <v>47</v>
+      </c>
+      <c r="B484">
+        <v>0</v>
+      </c>
+      <c r="D484" t="s">
+        <v>491</v>
+      </c>
+      <c r="F484" t="s">
+        <v>8</v>
+      </c>
+      <c r="G484">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="485" spans="1:7">
+      <c r="A485">
+        <v>46</v>
+      </c>
+      <c r="B485">
+        <v>10</v>
+      </c>
+      <c r="D485" t="s">
+        <v>492</v>
+      </c>
+      <c r="E485" t="s">
+        <v>40</v>
+      </c>
+      <c r="F485" t="s">
+        <v>8</v>
+      </c>
+      <c r="G485">
+        <v>1.0</v>
+      </c>
+    </row>
+    <row r="486" spans="1:7">
+      <c r="A486">
+        <v>45</v>
+      </c>
+      <c r="B486">
+        <v>10</v>
+      </c>
+      <c r="D486" t="s">
+        <v>493</v>
+      </c>
+      <c r="E486" t="s">
+        <v>40</v>
+      </c>
+      <c r="F486" t="s">
+        <v>8</v>
+      </c>
+      <c r="G486">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="487" spans="1:7">
+      <c r="A487">
+        <v>44</v>
+      </c>
+      <c r="B487">
+        <v>1026257318</v>
+      </c>
+      <c r="D487" t="s">
+        <v>494</v>
+      </c>
+      <c r="E487" t="s">
+        <v>40</v>
+      </c>
+      <c r="F487" t="s">
+        <v>8</v>
+      </c>
+      <c r="G487">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="488" spans="1:7">
+      <c r="A488">
+        <v>43</v>
+      </c>
+      <c r="B488">
+        <v>0</v>
+      </c>
+      <c r="D488" t="s">
+        <v>495</v>
+      </c>
+      <c r="F488" t="s">
+        <v>8</v>
+      </c>
+      <c r="G488">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="489" spans="1:7">
+      <c r="A489">
+        <v>42</v>
+      </c>
+      <c r="B489">
+        <v>1026257312</v>
+      </c>
+      <c r="D489" t="s">
+        <v>496</v>
+      </c>
+      <c r="E489" t="s">
+        <v>40</v>
+      </c>
+      <c r="F489" t="s">
+        <v>8</v>
+      </c>
+      <c r="G489">
+        <v>11.0</v>
+      </c>
+    </row>
+    <row r="490" spans="1:7">
+      <c r="A490">
+        <v>41</v>
+      </c>
+      <c r="B490">
+        <v>123456789</v>
+      </c>
+      <c r="D490" t="s">
+        <v>497</v>
+      </c>
+      <c r="E490" t="s">
+        <v>40</v>
+      </c>
+      <c r="F490" t="s">
+        <v>8</v>
+      </c>
+      <c r="G490">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="491" spans="1:7">
+      <c r="A491">
+        <v>40</v>
+      </c>
+      <c r="B491">
+        <v>123456789</v>
+      </c>
+      <c r="D491" t="s">
+        <v>498</v>
+      </c>
+      <c r="E491" t="s">
+        <v>40</v>
+      </c>
+      <c r="F491" t="s">
+        <v>8</v>
+      </c>
+      <c r="G491">
+        <v>5115.0</v>
+      </c>
+    </row>
+    <row r="492" spans="1:7">
+      <c r="A492">
+        <v>39</v>
+      </c>
+      <c r="B492">
+        <v>123456789</v>
+      </c>
+      <c r="D492" t="s">
+        <v>499</v>
+      </c>
+      <c r="E492" t="s">
+        <v>40</v>
+      </c>
+      <c r="F492" t="s">
+        <v>8</v>
+      </c>
+      <c r="G492">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="493" spans="1:7">
+      <c r="A493">
+        <v>38</v>
+      </c>
+      <c r="B493">
+        <v>123456789</v>
+      </c>
+      <c r="D493" t="s">
+        <v>500</v>
+      </c>
+      <c r="E493" t="s">
+        <v>40</v>
+      </c>
+      <c r="F493" t="s">
+        <v>8</v>
+      </c>
+      <c r="G493">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="494" spans="1:7">
+      <c r="A494">
+        <v>37</v>
+      </c>
+      <c r="B494">
+        <v>1026257317</v>
+      </c>
+      <c r="D494" t="s">
+        <v>501</v>
+      </c>
+      <c r="E494" t="s">
+        <v>173</v>
+      </c>
+      <c r="F494" t="s">
+        <v>8</v>
+      </c>
+      <c r="G494">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="495" spans="1:7">
+      <c r="A495">
+        <v>36</v>
+      </c>
+      <c r="B495">
+        <v>10</v>
+      </c>
+      <c r="D495" t="s">
+        <v>502</v>
+      </c>
+      <c r="E495" t="s">
+        <v>40</v>
+      </c>
+      <c r="F495" t="s">
+        <v>8</v>
+      </c>
+      <c r="G495">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="496" spans="1:7">
+      <c r="A496">
+        <v>35</v>
+      </c>
+      <c r="B496">
+        <v>10</v>
+      </c>
+      <c r="D496" t="s">
+        <v>503</v>
+      </c>
+      <c r="F496" t="s">
+        <v>8</v>
+      </c>
+      <c r="G496">
+        <v>33.0</v>
+      </c>
+    </row>
+    <row r="497" spans="1:7">
+      <c r="A497">
+        <v>34</v>
+      </c>
+      <c r="B497">
+        <v>10</v>
+      </c>
+      <c r="D497" t="s">
+        <v>504</v>
+      </c>
+      <c r="E497" t="s">
+        <v>40</v>
+      </c>
+      <c r="F497" t="s">
+        <v>94</v>
+      </c>
+      <c r="G497">
+        <v>6.0</v>
+      </c>
+    </row>
+    <row r="498" spans="1:7">
+      <c r="A498">
+        <v>33</v>
+      </c>
+      <c r="B498">
+        <v>1026257312</v>
+      </c>
+      <c r="D498" t="s">
+        <v>505</v>
+      </c>
+      <c r="E498" t="s">
+        <v>40</v>
+      </c>
+      <c r="F498" t="s">
+        <v>8</v>
+      </c>
+      <c r="G498">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="499" spans="1:7">
+      <c r="A499">
+        <v>32</v>
+      </c>
+      <c r="B499">
+        <v>1026257310</v>
+      </c>
+      <c r="D499" t="s">
+        <v>506</v>
+      </c>
+      <c r="E499" t="s">
+        <v>40</v>
+      </c>
+      <c r="F499" t="s">
+        <v>8</v>
+      </c>
+      <c r="G499">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="500" spans="1:7">
+      <c r="A500">
+        <v>31</v>
+      </c>
+      <c r="B500">
+        <v>10</v>
+      </c>
+      <c r="D500" t="s">
+        <v>507</v>
+      </c>
+      <c r="E500" t="s">
+        <v>40</v>
+      </c>
+      <c r="F500" t="s">
+        <v>8</v>
+      </c>
+      <c r="G500">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="501" spans="1:7">
+      <c r="A501">
+        <v>30</v>
+      </c>
+      <c r="B501">
+        <v>1026257311</v>
+      </c>
+      <c r="D501" t="s">
+        <v>508</v>
+      </c>
+      <c r="E501" t="s">
+        <v>40</v>
+      </c>
+      <c r="F501" t="s">
+        <v>8</v>
+      </c>
+      <c r="G501">
+        <v>1.0</v>
+      </c>
+    </row>
+    <row r="502" spans="1:7">
+      <c r="A502">
+        <v>29</v>
+      </c>
+      <c r="B502">
+        <v>123456789</v>
+      </c>
+      <c r="D502" t="s">
+        <v>509</v>
+      </c>
+      <c r="E502" t="s">
+        <v>40</v>
+      </c>
+      <c r="F502" t="s">
+        <v>8</v>
+      </c>
+      <c r="G502">
+        <v>12.0</v>
+      </c>
+    </row>
+    <row r="503" spans="1:7">
+      <c r="A503">
+        <v>25</v>
+      </c>
+      <c r="B503">
         <v>1</v>
       </c>
-      <c r="B484">
+      <c r="D503" t="s">
+        <v>510</v>
+      </c>
+      <c r="E503" t="s">
+        <v>40</v>
+      </c>
+      <c r="F503" t="s">
+        <v>295</v>
+      </c>
+      <c r="G503">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="504" spans="1:7">
+      <c r="A504">
+        <v>24</v>
+      </c>
+      <c r="B504">
+        <v>1</v>
+      </c>
+      <c r="D504" t="s">
+        <v>511</v>
+      </c>
+      <c r="E504" t="s">
+        <v>40</v>
+      </c>
+      <c r="F504" t="s">
+        <v>8</v>
+      </c>
+      <c r="G504">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="505" spans="1:7">
+      <c r="A505">
+        <v>23</v>
+      </c>
+      <c r="B505">
         <v>31373771</v>
       </c>
-      <c r="D484" t="s">
-[...8 lines deleted...]
-      <c r="G484">
+      <c r="D505" t="s">
+        <v>512</v>
+      </c>
+      <c r="E505" t="s">
+        <v>40</v>
+      </c>
+      <c r="F505" t="s">
+        <v>8</v>
+      </c>
+      <c r="G505">
+        <v>2.0</v>
+      </c>
+    </row>
+    <row r="506" spans="1:7">
+      <c r="A506">
+        <v>22</v>
+      </c>
+      <c r="B506">
+        <v>123</v>
+      </c>
+      <c r="D506" t="s">
+        <v>513</v>
+      </c>
+      <c r="E506" t="s">
+        <v>40</v>
+      </c>
+      <c r="F506" t="s">
+        <v>8</v>
+      </c>
+      <c r="G506">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="507" spans="1:7">
+      <c r="A507">
+        <v>21</v>
+      </c>
+      <c r="B507">
+        <v>123</v>
+      </c>
+      <c r="D507" t="s">
+        <v>514</v>
+      </c>
+      <c r="E507" t="s">
+        <v>40</v>
+      </c>
+      <c r="F507" t="s">
+        <v>8</v>
+      </c>
+      <c r="G507">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="508" spans="1:7">
+      <c r="A508">
+        <v>20</v>
+      </c>
+      <c r="B508">
+        <v>123</v>
+      </c>
+      <c r="D508" t="s">
+        <v>515</v>
+      </c>
+      <c r="E508" t="s">
+        <v>40</v>
+      </c>
+      <c r="F508" t="s">
+        <v>8</v>
+      </c>
+      <c r="G508">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="509" spans="1:7">
+      <c r="A509">
+        <v>19</v>
+      </c>
+      <c r="B509">
+        <v>123</v>
+      </c>
+      <c r="D509" t="s">
+        <v>516</v>
+      </c>
+      <c r="E509" t="s">
+        <v>40</v>
+      </c>
+      <c r="F509" t="s">
+        <v>8</v>
+      </c>
+      <c r="G509">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="510" spans="1:7">
+      <c r="A510">
+        <v>18</v>
+      </c>
+      <c r="B510">
+        <v>123</v>
+      </c>
+      <c r="D510" t="s">
+        <v>517</v>
+      </c>
+      <c r="E510" t="s">
+        <v>40</v>
+      </c>
+      <c r="F510" t="s">
+        <v>8</v>
+      </c>
+      <c r="G510">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="511" spans="1:7">
+      <c r="A511">
+        <v>17</v>
+      </c>
+      <c r="B511">
+        <v>123</v>
+      </c>
+      <c r="D511" t="s">
+        <v>518</v>
+      </c>
+      <c r="E511" t="s">
+        <v>40</v>
+      </c>
+      <c r="F511" t="s">
+        <v>8</v>
+      </c>
+      <c r="G511">
+        <v>2.0</v>
+      </c>
+    </row>
+    <row r="512" spans="1:7">
+      <c r="A512">
+        <v>16</v>
+      </c>
+      <c r="B512">
+        <v>123</v>
+      </c>
+      <c r="D512" t="s">
+        <v>519</v>
+      </c>
+      <c r="E512" t="s">
+        <v>40</v>
+      </c>
+      <c r="F512" t="s">
+        <v>8</v>
+      </c>
+      <c r="G512">
+        <v>4.0</v>
+      </c>
+    </row>
+    <row r="513" spans="1:7">
+      <c r="A513">
+        <v>15</v>
+      </c>
+      <c r="B513">
+        <v>123</v>
+      </c>
+      <c r="D513" t="s">
+        <v>520</v>
+      </c>
+      <c r="E513" t="s">
+        <v>40</v>
+      </c>
+      <c r="F513" t="s">
+        <v>8</v>
+      </c>
+      <c r="G513">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="514" spans="1:7">
+      <c r="A514">
+        <v>14</v>
+      </c>
+      <c r="B514">
+        <v>10</v>
+      </c>
+      <c r="D514" t="s">
+        <v>521</v>
+      </c>
+      <c r="E514" t="s">
+        <v>40</v>
+      </c>
+      <c r="F514" t="s">
+        <v>8</v>
+      </c>
+      <c r="G514">
+        <v>4.0</v>
+      </c>
+    </row>
+    <row r="515" spans="1:7">
+      <c r="A515">
+        <v>13</v>
+      </c>
+      <c r="B515">
+        <v>6210772</v>
+      </c>
+      <c r="D515" t="s">
+        <v>522</v>
+      </c>
+      <c r="E515" t="s">
+        <v>188</v>
+      </c>
+      <c r="F515" t="s">
+        <v>8</v>
+      </c>
+      <c r="G515">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="516" spans="1:7">
+      <c r="A516">
+        <v>12</v>
+      </c>
+      <c r="B516">
+        <v>300367330</v>
+      </c>
+      <c r="D516" t="s">
+        <v>523</v>
+      </c>
+      <c r="E516" t="s">
+        <v>173</v>
+      </c>
+      <c r="F516" t="s">
+        <v>8</v>
+      </c>
+      <c r="G516">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="517" spans="1:7">
+      <c r="A517">
+        <v>11</v>
+      </c>
+      <c r="B517">
+        <v>6210772</v>
+      </c>
+      <c r="D517" t="s">
+        <v>524</v>
+      </c>
+      <c r="E517" t="s">
+        <v>188</v>
+      </c>
+      <c r="F517" t="s">
+        <v>8</v>
+      </c>
+      <c r="G517">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="518" spans="1:7">
+      <c r="A518">
+        <v>10</v>
+      </c>
+      <c r="B518">
+        <v>312298031</v>
+      </c>
+      <c r="D518" t="s">
+        <v>525</v>
+      </c>
+      <c r="E518" t="s">
+        <v>173</v>
+      </c>
+      <c r="F518" t="s">
+        <v>8</v>
+      </c>
+      <c r="G518">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="519" spans="1:7">
+      <c r="A519">
+        <v>9</v>
+      </c>
+      <c r="B519">
+        <v>2488493</v>
+      </c>
+      <c r="D519" t="s">
+        <v>526</v>
+      </c>
+      <c r="E519" t="s">
+        <v>188</v>
+      </c>
+      <c r="F519" t="s">
+        <v>8</v>
+      </c>
+      <c r="G519">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="520" spans="1:7">
+      <c r="A520">
+        <v>8</v>
+      </c>
+      <c r="B520">
+        <v>1026257309</v>
+      </c>
+      <c r="D520" t="s">
+        <v>527</v>
+      </c>
+      <c r="E520" t="s">
+        <v>173</v>
+      </c>
+      <c r="F520" t="s">
+        <v>8</v>
+      </c>
+      <c r="G520">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="521" spans="1:7">
+      <c r="A521">
+        <v>7</v>
+      </c>
+      <c r="B521">
+        <v>321951214</v>
+      </c>
+      <c r="D521" t="s">
+        <v>528</v>
+      </c>
+      <c r="E521" t="s">
+        <v>173</v>
+      </c>
+      <c r="F521" t="s">
+        <v>8</v>
+      </c>
+      <c r="G521">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="522" spans="1:7">
+      <c r="A522">
+        <v>6</v>
+      </c>
+      <c r="B522">
+        <v>43184999</v>
+      </c>
+      <c r="D522" t="s">
+        <v>529</v>
+      </c>
+      <c r="E522" t="s">
+        <v>173</v>
+      </c>
+      <c r="F522" t="s">
+        <v>8</v>
+      </c>
+      <c r="G522">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="523" spans="1:7">
+      <c r="A523">
+        <v>5</v>
+      </c>
+      <c r="B523">
+        <v>42693484</v>
+      </c>
+      <c r="D523" t="s">
+        <v>530</v>
+      </c>
+      <c r="E523" t="s">
+        <v>173</v>
+      </c>
+      <c r="F523" t="s">
+        <v>8</v>
+      </c>
+      <c r="G523">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="524" spans="1:7">
+      <c r="A524">
+        <v>4</v>
+      </c>
+      <c r="B524">
+        <v>3796298</v>
+      </c>
+      <c r="D524" t="s">
+        <v>531</v>
+      </c>
+      <c r="E524" t="s">
+        <v>188</v>
+      </c>
+      <c r="F524" t="s">
+        <v>8</v>
+      </c>
+      <c r="G524">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="525" spans="1:7">
+      <c r="A525">
+        <v>3</v>
+      </c>
+      <c r="B525">
+        <v>301128106</v>
+      </c>
+      <c r="D525" t="s">
+        <v>532</v>
+      </c>
+      <c r="E525" t="s">
+        <v>173</v>
+      </c>
+      <c r="F525" t="s">
+        <v>8</v>
+      </c>
+      <c r="G525">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="526" spans="1:7">
+      <c r="A526">
+        <v>2</v>
+      </c>
+      <c r="B526">
+        <v>301128106</v>
+      </c>
+      <c r="D526" t="s">
+        <v>533</v>
+      </c>
+      <c r="E526" t="s">
+        <v>173</v>
+      </c>
+      <c r="F526" t="s">
+        <v>8</v>
+      </c>
+      <c r="G526">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="527" spans="1:7">
+      <c r="A527">
+        <v>1</v>
+      </c>
+      <c r="B527">
+        <v>31373771</v>
+      </c>
+      <c r="D527" t="s">
+        <v>534</v>
+      </c>
+      <c r="E527" t="s">
+        <v>173</v>
+      </c>
+      <c r="F527" t="s">
+        <v>8</v>
+      </c>
+      <c r="G527">
         <v>0.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>